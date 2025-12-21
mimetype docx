--- v0 (2025-10-03)
+++ v1 (2025-12-21)
@@ -1,12936 +1,8359 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="png" ContentType="image/png"/>
+  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
-  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
-  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:body>
+    <w:p w:rsidR="001538C3" w:rsidRDefault="005F7036" w:rsidP="005F7036">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:cs="B Nazanin"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003D1960">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="B Nazanin"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="2451D56F" wp14:editId="7275CBA1">
+            <wp:extent cx="1139437" cy="1276350"/>
+            <wp:effectExtent l="0" t="0" r="3810" b="0"/>
+            <wp:docPr id="52" name="Picture 52" descr="title"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="Picture 10" descr="title"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId5" cstate="print">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect l="83379"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="1146552" cy="1284319"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001538C3" w:rsidRPr="001538C3" w:rsidRDefault="001538C3" w:rsidP="001538C3">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="B Lotus,Bold" w:cs="B Titr"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001538C3">
+        <w:rPr>
+          <w:rFonts w:ascii="B Lotus,Bold" w:cs="B Titr" w:hint="cs"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>فرم</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001538C3">
+        <w:rPr>
+          <w:rFonts w:ascii="B Lotus,Bold" w:cs="B Titr"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001538C3">
+        <w:rPr>
+          <w:rFonts w:ascii="B Lotus,Bold" w:cs="B Titr" w:hint="cs"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>نظرسنج</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001538C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="B Titr" w:hint="cs"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>ی</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001538C3">
+        <w:rPr>
+          <w:rFonts w:ascii="B Lotus,Bold" w:cs="B Titr"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001538C3">
+        <w:rPr>
+          <w:rFonts w:ascii="B Lotus,Bold" w:cs="B Titr" w:hint="cs"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>از</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001538C3">
+        <w:rPr>
+          <w:rFonts w:ascii="B Lotus,Bold" w:cs="B Titr"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001538C3">
+        <w:rPr>
+          <w:rFonts w:ascii="B Lotus,Bold" w:cs="B Titr" w:hint="cs"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>دانش</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="B Lotus,Bold" w:cs="B Titr" w:hint="cs"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001538C3">
+        <w:rPr>
+          <w:rFonts w:ascii="B Lotus,Bold" w:cs="B Titr" w:hint="cs"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>آموختگان</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001538C3" w:rsidRPr="00CD4641" w:rsidRDefault="001538C3" w:rsidP="001538C3">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="B Lotus" w:cs="B Mitra"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CD4641">
+        <w:rPr>
+          <w:rFonts w:ascii="B Lotus" w:cs="B Mitra" w:hint="cs"/>
+          <w:b/>
+          <w:bCs/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>دانش</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD4641" w:rsidRPr="00CD4641">
+        <w:rPr>
+          <w:rFonts w:ascii="B Lotus" w:cs="B Mitra" w:hint="cs"/>
+          <w:b/>
+          <w:bCs/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD4641">
+        <w:rPr>
+          <w:rFonts w:ascii="B Lotus" w:cs="B Mitra" w:hint="cs"/>
+          <w:b/>
+          <w:bCs/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>آموخته</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD4641">
+        <w:rPr>
+          <w:rFonts w:ascii="B Lotus" w:cs="B Mitra"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD4641">
+        <w:rPr>
+          <w:rFonts w:ascii="B Lotus" w:cs="B Mitra" w:hint="cs"/>
+          <w:b/>
+          <w:bCs/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>گرامی</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD4641">
+        <w:rPr>
+          <w:rFonts w:ascii="B Lotus" w:cs="B Mitra"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD4641">
+        <w:rPr>
+          <w:rFonts w:ascii="B Lotus" w:cs="B Mitra" w:hint="cs"/>
+          <w:b/>
+          <w:bCs/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>با</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD4641">
+        <w:rPr>
+          <w:rFonts w:ascii="B Lotus" w:cs="B Mitra"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD4641">
+        <w:rPr>
+          <w:rFonts w:ascii="B Lotus" w:cs="B Mitra" w:hint="cs"/>
+          <w:b/>
+          <w:bCs/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>سلام</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD4641">
+        <w:rPr>
+          <w:rFonts w:ascii="B Lotus" w:cs="B Mitra"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD4641">
+        <w:rPr>
+          <w:rFonts w:ascii="B Lotus" w:cs="B Mitra" w:hint="cs"/>
+          <w:b/>
+          <w:bCs/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>و</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD4641">
+        <w:rPr>
+          <w:rFonts w:ascii="B Lotus" w:cs="B Mitra"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD4641">
+        <w:rPr>
+          <w:rFonts w:ascii="B Lotus" w:cs="B Mitra" w:hint="cs"/>
+          <w:b/>
+          <w:bCs/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>احترام،</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001538C3" w:rsidRDefault="001538C3" w:rsidP="0066057B">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="B Lotus" w:cs="B Mitra"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CD4641">
+        <w:rPr>
+          <w:rFonts w:ascii="B Lotus" w:cs="B Mitra" w:hint="cs"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>با</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD4641">
+        <w:rPr>
+          <w:rFonts w:ascii="B Lotus" w:cs="B Mitra"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD4641">
+        <w:rPr>
+          <w:rFonts w:ascii="B Lotus" w:cs="B Mitra" w:hint="cs"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>توجه</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD4641">
+        <w:rPr>
+          <w:rFonts w:ascii="B Lotus" w:cs="B Mitra"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD4641">
+        <w:rPr>
+          <w:rFonts w:ascii="B Lotus" w:cs="B Mitra" w:hint="cs"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>به</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD4641">
+        <w:rPr>
+          <w:rFonts w:ascii="B Lotus" w:cs="B Mitra"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD4641">
+        <w:rPr>
+          <w:rFonts w:ascii="B Lotus" w:cs="B Mitra" w:hint="cs"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>حضور</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD4641">
+        <w:rPr>
+          <w:rFonts w:ascii="B Lotus" w:cs="B Mitra"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD4641">
+        <w:rPr>
+          <w:rFonts w:ascii="B Lotus" w:cs="B Mitra" w:hint="cs"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>چندساله</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD4641">
+        <w:rPr>
+          <w:rFonts w:ascii="B Lotus" w:cs="B Mitra"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD4641">
+        <w:rPr>
+          <w:rFonts w:ascii="B Lotus" w:cs="B Mitra" w:hint="cs"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>در</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD4641">
+        <w:rPr>
+          <w:rFonts w:ascii="B Lotus" w:cs="B Mitra"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD4641">
+        <w:rPr>
+          <w:rFonts w:ascii="B Lotus" w:cs="B Mitra" w:hint="cs"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve">دانشکده پرستاری و مامایی </w:t>
+      </w:r>
+      <w:r w:rsidR="005F7036">
+        <w:rPr>
+          <w:rFonts w:ascii="B Lotus" w:cs="B Mitra" w:hint="cs"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>تبریز</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD4641">
+        <w:rPr>
+          <w:rFonts w:ascii="B Lotus" w:cs="B Mitra" w:hint="cs"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ،</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD4641">
+        <w:rPr>
+          <w:rFonts w:ascii="B Lotus" w:cs="B Mitra"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD4641">
+        <w:rPr>
+          <w:rFonts w:ascii="B Lotus" w:cs="B Mitra" w:hint="cs"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>ارزیابی</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD4641">
+        <w:rPr>
+          <w:rFonts w:ascii="B Lotus" w:cs="B Mitra"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD4641">
+        <w:rPr>
+          <w:rFonts w:ascii="B Lotus" w:cs="B Mitra" w:hint="cs"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>شما</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD4641">
+        <w:rPr>
+          <w:rFonts w:ascii="B Lotus" w:cs="B Mitra"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD4641">
+        <w:rPr>
+          <w:rFonts w:ascii="B Lotus" w:cs="B Mitra" w:hint="cs"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>از</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD4641">
+        <w:rPr>
+          <w:rFonts w:ascii="B Lotus" w:cs="B Mitra"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD4641">
+        <w:rPr>
+          <w:rFonts w:ascii="B Lotus" w:cs="B Mitra" w:hint="cs"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>عملکرد</w:t>
+      </w:r>
+      <w:r w:rsidR="005F7036">
+        <w:rPr>
+          <w:rFonts w:ascii="B Lotus" w:cs="B Mitra" w:hint="cs"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD4641">
+        <w:rPr>
+          <w:rFonts w:ascii="B Lotus" w:cs="B Mitra" w:hint="cs"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve">دانشکده </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD4641">
+        <w:rPr>
+          <w:rFonts w:ascii="B Lotus" w:cs="B Mitra"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD4641">
+        <w:rPr>
+          <w:rFonts w:ascii="B Lotus" w:cs="B Mitra" w:hint="cs"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>می تواند</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD4641">
+        <w:rPr>
+          <w:rFonts w:ascii="B Lotus" w:cs="B Mitra"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD4641">
+        <w:rPr>
+          <w:rFonts w:ascii="B Lotus" w:cs="B Mitra" w:hint="cs"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>تصویری</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD4641">
+        <w:rPr>
+          <w:rFonts w:ascii="B Lotus" w:cs="B Mitra"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD4641">
+        <w:rPr>
+          <w:rFonts w:ascii="B Lotus" w:cs="B Mitra" w:hint="cs"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>واقعی</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD4641">
+        <w:rPr>
+          <w:rFonts w:ascii="B Lotus" w:cs="B Mitra"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD4641">
+        <w:rPr>
+          <w:rFonts w:ascii="B Lotus" w:cs="B Mitra" w:hint="cs"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>از</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD4641">
+        <w:rPr>
+          <w:rFonts w:ascii="B Lotus" w:cs="B Mitra"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD4641">
+        <w:rPr>
+          <w:rFonts w:ascii="B Lotus" w:cs="B Mitra" w:hint="cs"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>توانمندی ها</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD4641">
+        <w:rPr>
+          <w:rFonts w:ascii="B Lotus" w:cs="B Mitra"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD4641">
+        <w:rPr>
+          <w:rFonts w:ascii="B Lotus" w:cs="B Mitra" w:hint="cs"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>و</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD4641">
+        <w:rPr>
+          <w:rFonts w:ascii="B Lotus" w:cs="B Mitra"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD4641">
+        <w:rPr>
+          <w:rFonts w:ascii="B Lotus" w:cs="B Mitra" w:hint="cs"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>کاستی های</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD4641">
+        <w:rPr>
+          <w:rFonts w:ascii="B Lotus" w:cs="B Mitra"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD4641">
+        <w:rPr>
+          <w:rFonts w:ascii="B Lotus" w:cs="B Mitra" w:hint="cs"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>دانشگاه</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD4641">
+        <w:rPr>
+          <w:rFonts w:ascii="B Lotus" w:cs="B Mitra"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD4641">
+        <w:rPr>
+          <w:rFonts w:ascii="B Lotus" w:cs="B Mitra" w:hint="cs"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>در ابعاد</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD4641">
+        <w:rPr>
+          <w:rFonts w:ascii="B Lotus" w:cs="B Mitra"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD4641">
+        <w:rPr>
+          <w:rFonts w:ascii="B Lotus" w:cs="B Mitra" w:hint="cs"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>مختلف</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD4641">
+        <w:rPr>
+          <w:rFonts w:ascii="B Lotus" w:cs="B Mitra"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD4641">
+        <w:rPr>
+          <w:rFonts w:ascii="B Lotus" w:cs="B Mitra" w:hint="cs"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>ارائه</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD4641">
+        <w:rPr>
+          <w:rFonts w:ascii="B Lotus" w:cs="B Mitra"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD4641">
+        <w:rPr>
+          <w:rFonts w:ascii="B Lotus" w:cs="B Mitra" w:hint="cs"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>نماید</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD4641">
+        <w:rPr>
+          <w:rFonts w:ascii="B Lotus" w:cs="B Mitra"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD4641">
+        <w:rPr>
+          <w:rFonts w:ascii="B Lotus" w:cs="B Mitra" w:hint="cs"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>به</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD4641">
+        <w:rPr>
+          <w:rFonts w:ascii="B Lotus" w:cs="B Mitra"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD4641">
+        <w:rPr>
+          <w:rFonts w:ascii="B Lotus" w:cs="B Mitra" w:hint="cs"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>همین</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD4641">
+        <w:rPr>
+          <w:rFonts w:ascii="B Lotus" w:cs="B Mitra"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD4641">
+        <w:rPr>
+          <w:rFonts w:ascii="B Lotus" w:cs="B Mitra" w:hint="cs"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>منظور،</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD4641">
+        <w:rPr>
+          <w:rFonts w:ascii="B Lotus" w:cs="B Mitra"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD4641">
+        <w:rPr>
+          <w:rFonts w:ascii="B Lotus" w:cs="B Mitra" w:hint="cs"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>پرسشنامه ای</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD4641">
+        <w:rPr>
+          <w:rFonts w:ascii="B Lotus" w:cs="B Mitra"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD4641">
+        <w:rPr>
+          <w:rFonts w:ascii="B Lotus" w:cs="B Mitra" w:hint="cs"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>تهیه شده</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD4641">
+        <w:rPr>
+          <w:rFonts w:ascii="B Lotus" w:cs="B Mitra"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD4641">
+        <w:rPr>
+          <w:rFonts w:ascii="B Lotus" w:cs="B Mitra" w:hint="cs"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>است</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD4641">
+        <w:rPr>
+          <w:rFonts w:ascii="B Lotus" w:cs="B Mitra"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD4641">
+        <w:rPr>
+          <w:rFonts w:ascii="B Lotus" w:cs="B Mitra" w:hint="cs"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>تا</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD4641">
+        <w:rPr>
+          <w:rFonts w:ascii="B Lotus" w:cs="B Mitra"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD4641">
+        <w:rPr>
+          <w:rFonts w:ascii="B Lotus" w:cs="B Mitra" w:hint="cs"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>دیدگاههای</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD4641">
+        <w:rPr>
+          <w:rFonts w:ascii="B Lotus" w:cs="B Mitra"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD4641">
+        <w:rPr>
+          <w:rFonts w:ascii="B Lotus" w:cs="B Mitra" w:hint="cs"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>شما</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD4641">
+        <w:rPr>
+          <w:rFonts w:ascii="B Lotus" w:cs="B Mitra"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD4641">
+        <w:rPr>
+          <w:rFonts w:ascii="B Lotus" w:cs="B Mitra" w:hint="cs"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>جمع آوری شده</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD4641">
+        <w:rPr>
+          <w:rFonts w:ascii="B Lotus" w:cs="B Mitra"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD4641">
+        <w:rPr>
+          <w:rFonts w:ascii="B Lotus" w:cs="B Mitra" w:hint="cs"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>و</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD4641">
+        <w:rPr>
+          <w:rFonts w:ascii="B Lotus" w:cs="B Mitra"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD4641">
+        <w:rPr>
+          <w:rFonts w:ascii="B Lotus" w:cs="B Mitra" w:hint="cs"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>مورداستفاده</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD4641">
+        <w:rPr>
+          <w:rFonts w:ascii="B Lotus" w:cs="B Mitra"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD4641">
+        <w:rPr>
+          <w:rFonts w:ascii="B Lotus" w:cs="B Mitra" w:hint="cs"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>قرار</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD4641">
+        <w:rPr>
+          <w:rFonts w:ascii="B Lotus" w:cs="B Mitra"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD4641">
+        <w:rPr>
+          <w:rFonts w:ascii="B Lotus" w:cs="B Mitra" w:hint="cs"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>گیرند</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD4641">
+        <w:rPr>
+          <w:rFonts w:ascii="B Lotus" w:cs="B Mitra"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD4641">
+        <w:rPr>
+          <w:rFonts w:ascii="B Lotus" w:cs="B Mitra" w:hint="cs"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>خواهشمند</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD4641">
+        <w:rPr>
+          <w:rFonts w:ascii="B Lotus" w:cs="B Mitra"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD4641">
+        <w:rPr>
+          <w:rFonts w:ascii="B Lotus" w:cs="B Mitra" w:hint="cs"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>است</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD4641">
+        <w:rPr>
+          <w:rFonts w:ascii="B Lotus" w:cs="B Mitra"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD4641">
+        <w:rPr>
+          <w:rFonts w:ascii="B Lotus" w:cs="B Mitra" w:hint="cs"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>با</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD4641">
+        <w:rPr>
+          <w:rFonts w:ascii="B Lotus" w:cs="B Mitra"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD4641">
+        <w:rPr>
+          <w:rFonts w:ascii="B Lotus" w:cs="B Mitra" w:hint="cs"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>دقت</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD4641">
+        <w:rPr>
+          <w:rFonts w:ascii="B Lotus" w:cs="B Mitra"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD4641">
+        <w:rPr>
+          <w:rFonts w:ascii="B Lotus" w:cs="B Mitra" w:hint="cs"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>و رعایت</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD4641">
+        <w:rPr>
+          <w:rFonts w:ascii="B Lotus" w:cs="B Mitra"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD4641">
+        <w:rPr>
+          <w:rFonts w:ascii="B Lotus" w:cs="B Mitra" w:hint="cs"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>انصاف</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD4641">
+        <w:rPr>
+          <w:rFonts w:ascii="B Lotus" w:cs="B Mitra"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD4641">
+        <w:rPr>
+          <w:rFonts w:ascii="B Lotus" w:cs="B Mitra" w:hint="cs"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>به</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD4641">
+        <w:rPr>
+          <w:rFonts w:ascii="B Lotus" w:cs="B Mitra"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD4641">
+        <w:rPr>
+          <w:rFonts w:ascii="B Lotus" w:cs="B Mitra" w:hint="cs"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>پرسشها</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD4641">
+        <w:rPr>
+          <w:rFonts w:ascii="B Lotus" w:cs="B Mitra"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD4641">
+        <w:rPr>
+          <w:rFonts w:ascii="B Lotus" w:cs="B Mitra" w:hint="cs"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>پاسخ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD4641">
+        <w:rPr>
+          <w:rFonts w:ascii="B Lotus" w:cs="B Mitra"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD4641">
+        <w:rPr>
+          <w:rFonts w:ascii="B Lotus" w:cs="B Mitra" w:hint="cs"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>دهید</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD4641">
+        <w:rPr>
+          <w:rFonts w:ascii="B Lotus" w:cs="B Mitra"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD4641">
+        <w:rPr>
+          <w:rFonts w:ascii="B Lotus" w:cs="B Mitra" w:hint="cs"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>و</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD4641">
+        <w:rPr>
+          <w:rFonts w:ascii="B Lotus" w:cs="B Mitra"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD4641">
+        <w:rPr>
+          <w:rFonts w:ascii="B Lotus" w:cs="B Mitra" w:hint="cs"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>در</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD4641">
+        <w:rPr>
+          <w:rFonts w:ascii="B Lotus" w:cs="B Mitra"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD4641">
+        <w:rPr>
+          <w:rFonts w:ascii="B Lotus" w:cs="B Mitra" w:hint="cs"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>مواردی</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD4641">
+        <w:rPr>
+          <w:rFonts w:ascii="B Lotus" w:cs="B Mitra"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD4641">
+        <w:rPr>
+          <w:rFonts w:ascii="B Lotus" w:cs="B Mitra" w:hint="cs"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>که</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD4641">
+        <w:rPr>
+          <w:rFonts w:ascii="B Lotus" w:cs="B Mitra"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD4641">
+        <w:rPr>
+          <w:rFonts w:ascii="B Lotus" w:cs="B Mitra" w:hint="cs"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>اطلاعات</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD4641">
+        <w:rPr>
+          <w:rFonts w:ascii="B Lotus" w:cs="B Mitra"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD4641">
+        <w:rPr>
+          <w:rFonts w:ascii="B Lotus" w:cs="B Mitra" w:hint="cs"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>کافی</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD4641">
+        <w:rPr>
+          <w:rFonts w:ascii="B Lotus" w:cs="B Mitra"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD4641">
+        <w:rPr>
+          <w:rFonts w:ascii="B Lotus" w:cs="B Mitra" w:hint="cs"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>برای</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD4641">
+        <w:rPr>
+          <w:rFonts w:ascii="B Lotus" w:cs="B Mitra"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD4641">
+        <w:rPr>
+          <w:rFonts w:ascii="B Lotus" w:cs="B Mitra" w:hint="cs"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>پاسخ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD4641">
+        <w:rPr>
+          <w:rFonts w:ascii="B Lotus" w:cs="B Mitra"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD4641">
+        <w:rPr>
+          <w:rFonts w:ascii="B Lotus" w:cs="B Mitra" w:hint="cs"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>به</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD4641">
+        <w:rPr>
+          <w:rFonts w:ascii="B Lotus" w:cs="B Mitra"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD4641">
+        <w:rPr>
+          <w:rFonts w:ascii="B Lotus" w:cs="B Mitra" w:hint="cs"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>یک</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD4641">
+        <w:rPr>
+          <w:rFonts w:ascii="B Lotus" w:cs="B Mitra"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD4641">
+        <w:rPr>
+          <w:rFonts w:ascii="B Lotus" w:cs="B Mitra" w:hint="cs"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>پرسش</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD4641">
+        <w:rPr>
+          <w:rFonts w:ascii="B Lotus" w:cs="B Mitra"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD4641">
+        <w:rPr>
+          <w:rFonts w:ascii="B Lotus" w:cs="B Mitra" w:hint="cs"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>ندارید،</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD4641">
+        <w:rPr>
+          <w:rFonts w:ascii="B Lotus" w:cs="B Mitra"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD4641">
+        <w:rPr>
+          <w:rFonts w:ascii="B Lotus" w:cs="B Mitra" w:hint="cs"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>گزینه ی</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD4641">
+        <w:rPr>
+          <w:rFonts w:ascii="B Lotus" w:cs="B Mitra"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD4641">
+        <w:rPr>
+          <w:rFonts w:ascii="B Lotus" w:cs="B Mitra" w:hint="cs"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>بدون</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD4641">
+        <w:rPr>
+          <w:rFonts w:ascii="B Lotus" w:cs="B Mitra"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD4641">
+        <w:rPr>
+          <w:rFonts w:ascii="B Lotus" w:cs="B Mitra" w:hint="cs"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>نظر</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD4641">
+        <w:rPr>
+          <w:rFonts w:ascii="B Lotus" w:cs="B Mitra"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD4641">
+        <w:rPr>
+          <w:rFonts w:ascii="B Lotus" w:cs="B Mitra" w:hint="cs"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>را</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD4641">
+        <w:rPr>
+          <w:rFonts w:ascii="B Lotus" w:cs="B Mitra"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD4641">
+        <w:rPr>
+          <w:rFonts w:ascii="B Lotus" w:cs="B Mitra" w:hint="cs"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>علامتگذاری</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD4641">
+        <w:rPr>
+          <w:rFonts w:ascii="B Lotus" w:cs="B Mitra"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD4641">
+        <w:rPr>
+          <w:rFonts w:ascii="B Lotus" w:cs="B Mitra" w:hint="cs"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>نمایید</w:t>
+      </w:r>
+      <w:r w:rsidR="0066057B">
+        <w:rPr>
+          <w:rFonts w:ascii="B Lotus" w:cs="B Mitra"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD4641">
+        <w:rPr>
+          <w:rFonts w:ascii="B Lotus" w:cs="B Mitra" w:hint="cs"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>پ</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidRPr="00CD4641">
+        <w:rPr>
+          <w:rFonts w:ascii="B Lotus" w:cs="B Mitra" w:hint="cs"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>یشاپیش</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD4641">
+        <w:rPr>
+          <w:rFonts w:ascii="B Lotus" w:cs="B Mitra"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD4641">
+        <w:rPr>
+          <w:rFonts w:ascii="B Lotus" w:cs="B Mitra" w:hint="cs"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>از همکاری</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD4641">
+        <w:rPr>
+          <w:rFonts w:ascii="B Lotus" w:cs="B Mitra"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD4641">
+        <w:rPr>
+          <w:rFonts w:ascii="B Lotus" w:cs="B Mitra" w:hint="cs"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>شما،</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD4641">
+        <w:rPr>
+          <w:rFonts w:ascii="B Lotus" w:cs="B Mitra"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD4641">
+        <w:rPr>
+          <w:rFonts w:ascii="B Lotus" w:cs="B Mitra" w:hint="cs"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>صمیمانه</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD4641">
+        <w:rPr>
+          <w:rFonts w:ascii="B Lotus" w:cs="B Mitra"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD4641">
+        <w:rPr>
+          <w:rFonts w:ascii="B Lotus" w:cs="B Mitra" w:hint="cs"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>سپاسگزاریم</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD4641">
+        <w:rPr>
+          <w:rFonts w:ascii="B Lotus" w:cs="B Mitra"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CD4641" w:rsidRPr="00CD4641" w:rsidRDefault="00CD4641" w:rsidP="001538C3">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="B Lotus" w:cs="B Mitra"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C54A57" w:rsidRDefault="00C54A57" w:rsidP="00C54A57">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="B Lotus" w:cs="B Lotus"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="B Lotus" w:cs="B Lotus" w:hint="cs"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>رشته تحصیلی</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="B Lotus" w:cs="B Lotus"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="B Lotus" w:cs="B Lotus" w:hint="cs"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve">              گرایش</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="B Lotus"/>
+        </w:rPr>
+        <w:t xml:space="preserve">           </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="B Lotus" w:cs="B Lotus"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="B Lotus" w:cs="B Lotus" w:hint="cs"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>سال ورود</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="B Lotus"/>
+        </w:rPr>
+        <w:t xml:space="preserve">               </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="B Lotus" w:cs="B Lotus"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="B Lotus" w:cs="B Lotus" w:hint="cs"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>مقطع تحصیلی</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="B Lotus"/>
+        </w:rPr>
+        <w:t xml:space="preserve">               </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="B Lotus" w:cs="B Lotus"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="B Lotus" w:cs="B Lotus" w:hint="cs"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>سال</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="B Lotus" w:cs="B Lotus"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="B Lotus" w:cs="B Lotus" w:hint="cs"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>اخذ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="B Lotus" w:cs="B Lotus"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="B Lotus" w:cs="B Lotus" w:hint="cs"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>مدرک</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="B Lotus"/>
+        </w:rPr>
+        <w:t xml:space="preserve">         </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="B Lotus" w:cs="B Lotus"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="B Lotus" w:cs="B Lotus" w:hint="cs"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>معدل</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="B Lotus" w:cs="B Lotus"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C54A57" w:rsidRDefault="00C54A57" w:rsidP="00E6769C">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="B Lotus" w:cs="B Lotus"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="B Lotus" w:cs="B Lotus" w:hint="cs"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>نوع</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="B Lotus" w:cs="B Lotus"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="B Lotus" w:cs="B Lotus" w:hint="cs"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>استخدام</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="B Lotus" w:cs="B Lotus"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="B Lotus" w:cs="B Lotus" w:hint="cs"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve">           تأهل</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="B Lotus" w:cs="B Lotus"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="B Lotus" w:cs="B Lotus" w:hint="cs"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>مجرد</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="B Lotus" w:cs="B Lotus"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="B Lotus" w:cs="B Lotus" w:hint="cs"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>متأهل</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="B Lotus" w:cs="B Lotus"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E6769C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="B Lotus" w:cs="B Lotus" w:hint="cs"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>اشتغال</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="B Lotus" w:cs="B Lotus"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="B Lotus" w:cs="B Lotus" w:hint="cs"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>شاغل</w:t>
+      </w:r>
+      <w:r w:rsidR="00E6769C">
+        <w:rPr>
+          <w:rFonts w:ascii="B Lotus" w:cs="B Lotus"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    </w:t>
+      </w:r>
+      <w:r w:rsidR="00E6769C">
+        <w:rPr>
+          <w:rFonts w:ascii="B Lotus" w:cs="B Lotus" w:hint="cs"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>غیر</w:t>
+      </w:r>
+      <w:r w:rsidR="00E6769C">
+        <w:rPr>
+          <w:rFonts w:ascii="B Lotus" w:cs="B Lotus"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E6769C">
+        <w:rPr>
+          <w:rFonts w:ascii="B Lotus" w:cs="B Lotus" w:hint="cs"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>شاغل</w:t>
+      </w:r>
+      <w:r w:rsidR="00E6769C">
+        <w:rPr>
+          <w:rFonts w:ascii="B Lotus" w:cs="B Lotus"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E6769C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                   </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="B Lotus" w:cs="B Lotus" w:hint="cs"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>جنسیت</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="B Lotus" w:cs="B Lotus"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="B Lotus" w:cs="B Lotus" w:hint="cs"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>مرد</w:t>
+      </w:r>
+      <w:r w:rsidR="00E6769C">
+        <w:rPr>
+          <w:rFonts w:ascii="B Lotus" w:cs="B Lotus" w:hint="cs"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005F7036">
+        <w:rPr>
+          <w:rFonts w:ascii="B Lotus" w:cs="B Lotus" w:hint="cs"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve">        </w:t>
+      </w:r>
+      <w:r w:rsidR="00E6769C">
+        <w:rPr>
+          <w:rFonts w:ascii="B Lotus" w:cs="B Lotus" w:hint="cs"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>زن</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C54A57" w:rsidRDefault="00C54A57" w:rsidP="00C54A57">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="B Lotus" w:cs="B Lotus"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="B Lotus" w:cs="B Lotus" w:hint="cs"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>ادامه</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="B Lotus" w:cs="B Lotus"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="B Lotus" w:cs="B Lotus" w:hint="cs"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>تحصیل</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="B Lotus" w:cs="B Lotus"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="B Lotus" w:cs="B Lotus" w:hint="cs"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>در</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="B Lotus" w:cs="B Lotus"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="B Lotus" w:cs="B Lotus" w:hint="cs"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>مقطع</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="B Lotus" w:cs="B Lotus"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="B Lotus" w:cs="B Lotus" w:hint="cs"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>بالاتر</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="B Lotus" w:cs="B Lotus"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">□ </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="B Lotus" w:cs="B Lotus" w:hint="cs"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>خیر</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="B Lotus"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                    </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="B Lotus" w:cs="B Lotus"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">□ </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="B Lotus" w:cs="B Lotus" w:hint="cs"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>سکونت</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="B Lotus" w:cs="B Lotus"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="B Lotus" w:cs="B Lotus" w:hint="cs"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>در</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="B Lotus" w:cs="B Lotus"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="B Lotus" w:cs="B Lotus" w:hint="cs"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>خوابگاه</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="B Lotus" w:cs="B Lotus"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="B Lotus" w:cs="B Lotus" w:hint="cs"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>بلی</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="B Lotus" w:cs="B Lotus"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">□ </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="B Lotus" w:cs="B Lotus" w:hint="cs"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>غیربومی</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="B Lotus" w:cs="B Lotus"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">□ </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="B Lotus" w:cs="B Lotus" w:hint="cs"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>بومی</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="B Lotus" w:cs="B Lotus"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">□ </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="B Lotus" w:cs="B Lotus" w:hint="cs"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>خیر</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="B Lotus" w:cs="B Lotus"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">□ </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="B Lotus" w:cs="B Lotus" w:hint="cs"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>بلی</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001538C3" w:rsidRDefault="00C54A57" w:rsidP="00C54A57">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="B Lotus" w:cs="B Titr"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C54A57">
+        <w:rPr>
+          <w:rFonts w:ascii="B Lotus,Bold" w:cs="B Titr" w:hint="cs"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>لطفاً</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C54A57">
+        <w:rPr>
+          <w:rFonts w:ascii="B Lotus,Bold" w:cs="B Titr"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C54A57">
+        <w:rPr>
+          <w:rFonts w:ascii="B Lotus,Bold" w:cs="B Titr" w:hint="cs"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>هر</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C54A57">
+        <w:rPr>
+          <w:rFonts w:ascii="B Lotus,Bold" w:cs="B Titr"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C54A57">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="B Titr" w:hint="cs"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>ی</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C54A57">
+        <w:rPr>
+          <w:rFonts w:ascii="B Lotus,Bold" w:cs="B Titr" w:hint="cs"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>ک</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C54A57">
+        <w:rPr>
+          <w:rFonts w:ascii="B Lotus,Bold" w:cs="B Titr"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C54A57">
+        <w:rPr>
+          <w:rFonts w:ascii="B Lotus,Bold" w:cs="B Titr" w:hint="cs"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>از</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C54A57">
+        <w:rPr>
+          <w:rFonts w:ascii="B Lotus,Bold" w:cs="B Titr"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C54A57">
+        <w:rPr>
+          <w:rFonts w:ascii="B Lotus,Bold" w:cs="B Titr" w:hint="cs"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>سؤالات</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C54A57">
+        <w:rPr>
+          <w:rFonts w:ascii="B Lotus,Bold" w:cs="B Titr"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C54A57">
+        <w:rPr>
+          <w:rFonts w:ascii="B Lotus,Bold" w:cs="B Titr" w:hint="cs"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>مطرح</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="B Lotus,Bold" w:cs="B Titr" w:hint="cs"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C54A57">
+        <w:rPr>
+          <w:rFonts w:ascii="B Lotus,Bold" w:cs="B Titr" w:hint="cs"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>شده</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C54A57">
+        <w:rPr>
+          <w:rFonts w:ascii="B Lotus,Bold" w:cs="B Titr"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C54A57">
+        <w:rPr>
+          <w:rFonts w:ascii="B Lotus,Bold" w:cs="B Titr" w:hint="cs"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>را</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C54A57">
+        <w:rPr>
+          <w:rFonts w:ascii="B Lotus,Bold" w:cs="B Titr"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C54A57">
+        <w:rPr>
+          <w:rFonts w:ascii="B Lotus,Bold" w:cs="B Titr" w:hint="cs"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>مطالعه</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C54A57">
+        <w:rPr>
+          <w:rFonts w:ascii="B Lotus,Bold" w:cs="B Titr"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C54A57">
+        <w:rPr>
+          <w:rFonts w:ascii="B Lotus,Bold" w:cs="B Titr" w:hint="cs"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>و</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C54A57">
+        <w:rPr>
+          <w:rFonts w:ascii="B Lotus,Bold" w:cs="B Titr"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C54A57">
+        <w:rPr>
+          <w:rFonts w:ascii="B Lotus,Bold" w:cs="B Titr" w:hint="cs"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>گز</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C54A57">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="B Titr" w:hint="cs"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>ی</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C54A57">
+        <w:rPr>
+          <w:rFonts w:ascii="B Lotus,Bold" w:cs="B Titr" w:hint="cs"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>نه</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="B Lotus,Bold" w:cs="B Titr" w:hint="cs"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C54A57">
+        <w:rPr>
+          <w:rFonts w:ascii="B Lotus,Bold" w:cs="B Titr" w:hint="cs"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>ا</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C54A57">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="B Titr" w:hint="cs"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>ی</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C54A57">
+        <w:rPr>
+          <w:rFonts w:ascii="B Lotus,Bold" w:cs="B Titr"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C54A57">
+        <w:rPr>
+          <w:rFonts w:ascii="B Lotus,Bold" w:cs="B Titr" w:hint="cs"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>که</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C54A57">
+        <w:rPr>
+          <w:rFonts w:ascii="B Lotus,Bold" w:cs="B Titr"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C54A57">
+        <w:rPr>
+          <w:rFonts w:ascii="B Lotus,Bold" w:cs="B Titr" w:hint="cs"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>ب</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C54A57">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="B Titr" w:hint="cs"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>ی</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C54A57">
+        <w:rPr>
+          <w:rFonts w:ascii="B Lotus,Bold" w:cs="B Titr" w:hint="cs"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>شتر</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C54A57">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="B Titr" w:hint="cs"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>ی</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C54A57">
+        <w:rPr>
+          <w:rFonts w:ascii="B Lotus,Bold" w:cs="B Titr" w:hint="cs"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>ن</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C54A57">
+        <w:rPr>
+          <w:rFonts w:ascii="B Lotus,Bold" w:cs="B Titr"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C54A57">
+        <w:rPr>
+          <w:rFonts w:ascii="B Lotus,Bold" w:cs="B Titr" w:hint="cs"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>هماهنگ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C54A57">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="B Titr" w:hint="cs"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>ی</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C54A57">
+        <w:rPr>
+          <w:rFonts w:ascii="B Lotus,Bold" w:cs="B Titr"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C54A57">
+        <w:rPr>
+          <w:rFonts w:ascii="B Lotus,Bold" w:cs="B Titr" w:hint="cs"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>را</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C54A57">
+        <w:rPr>
+          <w:rFonts w:ascii="B Lotus,Bold" w:cs="B Titr"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C54A57">
+        <w:rPr>
+          <w:rFonts w:ascii="B Lotus,Bold" w:cs="B Titr" w:hint="cs"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>با</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C54A57">
+        <w:rPr>
+          <w:rFonts w:ascii="B Lotus,Bold" w:cs="B Titr"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C54A57">
+        <w:rPr>
+          <w:rFonts w:ascii="B Lotus,Bold" w:cs="B Titr" w:hint="cs"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>نظر</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C54A57">
+        <w:rPr>
+          <w:rFonts w:ascii="B Lotus,Bold" w:cs="B Titr"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C54A57">
+        <w:rPr>
+          <w:rFonts w:ascii="B Lotus,Bold" w:cs="B Titr" w:hint="cs"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>شما</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C54A57">
+        <w:rPr>
+          <w:rFonts w:ascii="B Lotus,Bold" w:cs="B Titr"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C54A57">
+        <w:rPr>
+          <w:rFonts w:ascii="B Lotus,Bold" w:cs="B Titr" w:hint="cs"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>دارد،</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C54A57">
+        <w:rPr>
+          <w:rFonts w:ascii="B Lotus,Bold" w:cs="B Titr"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C54A57">
+        <w:rPr>
+          <w:rFonts w:ascii="B Lotus,Bold" w:cs="B Titr" w:hint="cs"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>علامتگذار</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C54A57">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="B Titr" w:hint="cs"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>ی</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C54A57">
+        <w:rPr>
+          <w:rFonts w:ascii="B Lotus,Bold" w:cs="B Titr"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C54A57">
+        <w:rPr>
+          <w:rFonts w:ascii="B Lotus,Bold" w:cs="B Titr" w:hint="cs"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>نما</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C54A57">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="B Titr" w:hint="cs"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>یی</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C54A57">
+        <w:rPr>
+          <w:rFonts w:ascii="B Lotus,Bold" w:cs="B Titr" w:hint="cs"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>د</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C54A57">
+        <w:rPr>
+          <w:rFonts w:ascii="B Lotus,Bold" w:cs="B Titr"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:bidiVisual/>
         <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="-765" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1404"/>
-[...5 lines deleted...]
-        <w:gridCol w:w="1808"/>
+        <w:gridCol w:w="5812"/>
+        <w:gridCol w:w="1012"/>
+        <w:gridCol w:w="666"/>
+        <w:gridCol w:w="753"/>
+        <w:gridCol w:w="560"/>
+        <w:gridCol w:w="978"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00FD523D" w:rsidRPr="00FD523D" w:rsidTr="00387C7D">
+      <w:tr w:rsidR="00E6769C" w:rsidTr="00CD4641">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9350" w:type="dxa"/>
-            <w:gridSpan w:val="7"/>
+            <w:tcW w:w="5812" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="004E1569" w:rsidRDefault="004E1569" w:rsidP="00FD523D">
+          <w:p w:rsidR="00E6769C" w:rsidRDefault="00E6769C" w:rsidP="00C54A57">
             <w:pPr>
-              <w:jc w:val="center"/>
-[...77 lines deleted...]
-                <w:lang w:bidi="fa-IR"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Titr"/>
+                <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:cs="B Nazanin" w:hint="cs"/>
-[...221 lines deleted...]
-              <w:t>بخش/آیتم</w:t>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Titr" w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>گویه ها</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4457" w:type="dxa"/>
-            <w:vMerge w:val="restart"/>
+            <w:tcW w:w="1012" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00FD523D" w:rsidRPr="00FD523D" w:rsidRDefault="00FD523D" w:rsidP="00D6474A">
+          <w:p w:rsidR="00E6769C" w:rsidRDefault="00E6769C" w:rsidP="00C54A57">
             <w:pPr>
-              <w:bidi/>
-[...5 lines deleted...]
-                <w:lang w:bidi="fa-IR"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Titr"/>
+                <w:rtl/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00FD523D">
-[...6 lines deleted...]
-              <w:t>توصیف</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Titr" w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>بسیارخوب</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3478" w:type="dxa"/>
-            <w:gridSpan w:val="4"/>
+            <w:tcW w:w="666" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00FD523D" w:rsidRPr="00FD523D" w:rsidRDefault="00FD523D" w:rsidP="00D6474A">
+          <w:p w:rsidR="00E6769C" w:rsidRDefault="00E6769C" w:rsidP="00C54A57">
             <w:pPr>
-              <w:bidi/>
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Titr"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00FD523D">
-[...6 lines deleted...]
-              <w:t>نظرات داوری</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Titr" w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>خوب</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="753" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E6769C" w:rsidRDefault="00E6769C" w:rsidP="00C54A57">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Titr"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Titr" w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>متوسط</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="560" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E6769C" w:rsidRDefault="00E6769C" w:rsidP="00C54A57">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Titr"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Titr" w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>بد</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="978" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E6769C" w:rsidRDefault="00E6769C" w:rsidP="00C54A57">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Titr"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Titr" w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>خیلی بد</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FD523D" w:rsidRPr="00FD523D" w:rsidTr="00FD523D">
+      <w:tr w:rsidR="00E6769C" w:rsidTr="00CD4641">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1415" w:type="dxa"/>
-[...1 lines deleted...]
-            <w:vMerge/>
+            <w:tcW w:w="5812" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00FD523D" w:rsidRPr="00FD523D" w:rsidRDefault="00FD523D" w:rsidP="00D6474A">
+          <w:p w:rsidR="00E6769C" w:rsidRPr="00CD4641" w:rsidRDefault="00E6769C" w:rsidP="00C54A57">
             <w:pPr>
-              <w:bidi/>
-[...7 lines deleted...]
-                <w:lang w:bidi="fa-IR"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Titr"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus" w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>کیفیت</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus" w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>آموزشی،</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus" w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>کاربردی</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus" w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>و</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus" w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>به روز</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus" w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>بودن</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus" w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>برنامه</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus" w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>درسی</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1012" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E6769C" w:rsidRDefault="00E6769C" w:rsidP="00C54A57">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Titr"/>
+                <w:rtl/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4457" w:type="dxa"/>
-            <w:vMerge/>
+            <w:tcW w:w="666" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00FD523D" w:rsidRPr="00FD523D" w:rsidRDefault="00FD523D" w:rsidP="00D6474A">
+          <w:p w:rsidR="00E6769C" w:rsidRDefault="00E6769C" w:rsidP="00C54A57">
             <w:pPr>
-              <w:bidi/>
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Titr"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="461" w:type="dxa"/>
+            <w:tcW w:w="753" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00FD523D" w:rsidRPr="00FD523D" w:rsidRDefault="00FD523D" w:rsidP="00D6474A">
+          <w:p w:rsidR="00E6769C" w:rsidRDefault="00E6769C" w:rsidP="00C54A57">
             <w:pPr>
-              <w:bidi/>
-[...181 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Titr"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="502" w:type="dxa"/>
+            <w:tcW w:w="560" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D16B64" w:rsidRPr="00FD523D" w:rsidRDefault="00D16B64" w:rsidP="00D16B64">
+          <w:p w:rsidR="00E6769C" w:rsidRDefault="00E6769C" w:rsidP="00C54A57">
             <w:pPr>
-              <w:bidi/>
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Titr"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="707" w:type="dxa"/>
+            <w:tcW w:w="978" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D16B64" w:rsidRPr="00FD523D" w:rsidRDefault="00D16B64" w:rsidP="00D16B64">
+          <w:p w:rsidR="00E6769C" w:rsidRDefault="00E6769C" w:rsidP="00C54A57">
             <w:pPr>
-              <w:bidi/>
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Titr"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E6769C" w:rsidTr="00CD4641">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5812" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E6769C" w:rsidRPr="00CD4641" w:rsidRDefault="00E6769C" w:rsidP="00C54A57">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Titr"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus" w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>کمیت</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus" w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>و</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus" w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>کیفیت</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus" w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>برنامه های</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus" w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>درسی</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus" w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>در</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus" w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>ایجاد</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus" w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>توانایی های</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus" w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>شناختی</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1012" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E6769C" w:rsidRDefault="00E6769C" w:rsidP="00C54A57">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Titr"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1808" w:type="dxa"/>
+            <w:tcW w:w="666" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D16B64" w:rsidRPr="00FD523D" w:rsidRDefault="00D16B64" w:rsidP="00D16B64">
+          <w:p w:rsidR="00E6769C" w:rsidRDefault="00E6769C" w:rsidP="00C54A57">
             <w:pPr>
-              <w:bidi/>
-[...25 lines deleted...]
-                <w:szCs w:val="28"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Titr"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4457" w:type="dxa"/>
-[...2 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="753" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D16B64" w:rsidRPr="002D6D90" w:rsidRDefault="00D16B64" w:rsidP="00141D91">
+          <w:p w:rsidR="00E6769C" w:rsidRDefault="00E6769C" w:rsidP="00C54A57">
             <w:pPr>
-              <w:bidi/>
-[...112 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Titr"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="502" w:type="dxa"/>
-[...2 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="560" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D16B64" w:rsidRPr="00FD523D" w:rsidRDefault="00D16B64" w:rsidP="00D16B64">
+          <w:p w:rsidR="00E6769C" w:rsidRDefault="00E6769C" w:rsidP="00C54A57">
             <w:pPr>
-              <w:bidi/>
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Titr"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="707" w:type="dxa"/>
-[...2 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="978" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D16B64" w:rsidRPr="00FD523D" w:rsidRDefault="00D16B64" w:rsidP="00D16B64">
+          <w:p w:rsidR="00E6769C" w:rsidRDefault="00E6769C" w:rsidP="00C54A57">
             <w:pPr>
-              <w:bidi/>
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Titr"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E6769C" w:rsidTr="00CD4641">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5812" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E6769C" w:rsidRPr="00CD4641" w:rsidRDefault="00E6769C" w:rsidP="00E6769C">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus" w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>کمیت</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus" w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>و</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus" w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>کیفیت</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus" w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>برنامه های</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus" w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>درسی</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus" w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>در</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus" w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>ایجاد</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus" w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>توانایی های بالینی</w:t>
+            </w:r>
+            <w:r w:rsidR="00F40C79" w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus" w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>(مهارت بالینی)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1012" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E6769C" w:rsidRDefault="00E6769C" w:rsidP="00C54A57">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Titr"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1808" w:type="dxa"/>
-[...2 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="666" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D16B64" w:rsidRPr="00FD523D" w:rsidRDefault="00D16B64" w:rsidP="00D16B64">
+          <w:p w:rsidR="00E6769C" w:rsidRDefault="00E6769C" w:rsidP="00C54A57">
             <w:pPr>
-              <w:bidi/>
-[...56 lines deleted...]
-                <w:lang w:bidi="fa-IR"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Titr"/>
+                <w:rtl/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="502" w:type="dxa"/>
+            <w:tcW w:w="753" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00FD523D" w:rsidRPr="00FD523D" w:rsidRDefault="00FD523D" w:rsidP="00D6474A">
+          <w:p w:rsidR="00E6769C" w:rsidRDefault="00E6769C" w:rsidP="00C54A57">
             <w:pPr>
-              <w:bidi/>
-[...7 lines deleted...]
-                <w:lang w:bidi="fa-IR"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Titr"/>
+                <w:rtl/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="707" w:type="dxa"/>
+            <w:tcW w:w="560" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00FD523D" w:rsidRPr="00FD523D" w:rsidRDefault="00FD523D" w:rsidP="00D6474A">
+          <w:p w:rsidR="00E6769C" w:rsidRDefault="00E6769C" w:rsidP="00C54A57">
             <w:pPr>
-              <w:bidi/>
-[...7 lines deleted...]
-                <w:lang w:bidi="fa-IR"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Titr"/>
+                <w:rtl/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1808" w:type="dxa"/>
+            <w:tcW w:w="978" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00FD523D" w:rsidRPr="00FD523D" w:rsidRDefault="00FD523D" w:rsidP="00D6474A">
+          <w:p w:rsidR="00E6769C" w:rsidRDefault="00E6769C" w:rsidP="00C54A57">
             <w:pPr>
-              <w:bidi/>
-[...7 lines deleted...]
-                <w:lang w:bidi="fa-IR"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Titr"/>
+                <w:rtl/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D16B64" w:rsidRPr="00FD523D" w:rsidTr="00FD523D">
+      <w:tr w:rsidR="00E6769C" w:rsidTr="00CD4641">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1404" w:type="dxa"/>
-[...2 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="5812" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D16B64" w:rsidRPr="00FD523D" w:rsidRDefault="00D16B64" w:rsidP="00D16B64">
+          <w:p w:rsidR="00E6769C" w:rsidRPr="00CD4641" w:rsidRDefault="00E6769C" w:rsidP="00C54A57">
             <w:pPr>
-              <w:bidi/>
-[...1 lines deleted...]
-                <w:rFonts w:cs="B Nazanin"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Titr"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus" w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>توانایی</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus" w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>استادان</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus" w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>و</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus" w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>اعضای</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus" w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>هیئت علمی</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus" w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>گروه</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus" w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>به</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus" w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>لحاظ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus" w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>شاخصهای</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus" w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>علمی</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="Sakkal Majalla,Bold" w:cs="Sakkal Majalla,Bold" w:hint="cs"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-[...7 lines deleted...]
-                <w:rFonts w:cs="B Nazanin" w:hint="cs"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="Sakkal Majalla,Bold" w:cs="Sakkal Majalla,Bold"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="28"/>
-[...3 lines deleted...]
-              <w:t>تامین بودجه</w:t>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus" w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>آموزشی</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus" w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>و</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus" w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>کیفیت</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus" w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>تدریس</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4468" w:type="dxa"/>
-[...3 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="1012" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D16B64" w:rsidRPr="002D6D90" w:rsidRDefault="00D16B64" w:rsidP="00141D91">
+          <w:p w:rsidR="00E6769C" w:rsidRDefault="00E6769C" w:rsidP="00C54A57">
             <w:pPr>
-              <w:bidi/>
-[...232 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Titr"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="502" w:type="dxa"/>
-[...2 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="666" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D16B64" w:rsidRPr="00FD523D" w:rsidRDefault="00D16B64" w:rsidP="00D16B64">
+          <w:p w:rsidR="00E6769C" w:rsidRDefault="00E6769C" w:rsidP="00C54A57">
             <w:pPr>
-              <w:bidi/>
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Titr"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="707" w:type="dxa"/>
-[...2 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="753" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D16B64" w:rsidRPr="00FD523D" w:rsidRDefault="00D16B64" w:rsidP="00D16B64">
+          <w:p w:rsidR="00E6769C" w:rsidRDefault="00E6769C" w:rsidP="00C54A57">
             <w:pPr>
-              <w:bidi/>
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Titr"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1808" w:type="dxa"/>
-[...2 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="560" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D16B64" w:rsidRPr="00FD523D" w:rsidRDefault="00D16B64" w:rsidP="00D16B64">
+          <w:p w:rsidR="00E6769C" w:rsidRDefault="00E6769C" w:rsidP="00C54A57">
             <w:pPr>
-              <w:bidi/>
-[...212 lines deleted...]
-                <w:lang w:bidi="fa-IR"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Titr"/>
+                <w:rtl/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="502" w:type="dxa"/>
-[...2 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="978" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D16B64" w:rsidRPr="00FD523D" w:rsidRDefault="00D16B64" w:rsidP="00D16B64">
+          <w:p w:rsidR="00E6769C" w:rsidRDefault="00E6769C" w:rsidP="00C54A57">
             <w:pPr>
-              <w:bidi/>
-[...5 lines deleted...]
-                <w:lang w:bidi="fa-IR"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Titr"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E6769C" w:rsidTr="00CD4641">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5812" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E6769C" w:rsidRPr="00CD4641" w:rsidRDefault="00E6769C" w:rsidP="00C54A57">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Titr"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus" w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>بهره گیری</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus" w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>استادان</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus" w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>از</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus" w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>شیوه های</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus" w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>مناسب</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus" w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>و</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus" w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>متنوع</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus" w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>تدریس</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1012" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E6769C" w:rsidRDefault="00E6769C" w:rsidP="00C54A57">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Titr"/>
+                <w:rtl/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="707" w:type="dxa"/>
-[...2 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="666" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D16B64" w:rsidRPr="00FD523D" w:rsidRDefault="00D16B64" w:rsidP="00D16B64">
+          <w:p w:rsidR="00E6769C" w:rsidRDefault="00E6769C" w:rsidP="00C54A57">
             <w:pPr>
-              <w:bidi/>
-[...5 lines deleted...]
-                <w:lang w:bidi="fa-IR"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Titr"/>
+                <w:rtl/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1808" w:type="dxa"/>
-[...2 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="753" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D16B64" w:rsidRPr="00FD523D" w:rsidRDefault="00D16B64" w:rsidP="00D16B64">
+          <w:p w:rsidR="00E6769C" w:rsidRDefault="00E6769C" w:rsidP="00C54A57">
             <w:pPr>
-              <w:bidi/>
-[...28 lines deleted...]
-                <w:lang w:bidi="fa-IR"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Titr"/>
+                <w:rtl/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4468" w:type="dxa"/>
-[...3 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="560" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D16B64" w:rsidRPr="002D6D90" w:rsidRDefault="00D16B64" w:rsidP="00D16B64">
+          <w:p w:rsidR="00E6769C" w:rsidRDefault="00E6769C" w:rsidP="00C54A57">
             <w:pPr>
-              <w:bidi/>
-[...65 lines deleted...]
-                <w:lang w:bidi="fa-IR"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Titr"/>
+                <w:rtl/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="502" w:type="dxa"/>
-[...2 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="978" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D16B64" w:rsidRPr="00FD523D" w:rsidRDefault="00D16B64" w:rsidP="00D16B64">
+          <w:p w:rsidR="00E6769C" w:rsidRDefault="00E6769C" w:rsidP="00C54A57">
             <w:pPr>
-              <w:bidi/>
-[...5 lines deleted...]
-                <w:lang w:bidi="fa-IR"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Titr"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E6769C" w:rsidTr="00CD4641">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5812" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E6769C" w:rsidRPr="00CD4641" w:rsidRDefault="00E6769C" w:rsidP="00C54A57">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus" w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>تناسب</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus" w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>دروس</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus" w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>نظری</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus" w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>و</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus" w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>عملی</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus" w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>برنامه</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus" w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>درسی</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus" w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>گروه های آ</w:t>
+            </w:r>
+            <w:r w:rsidR="00F844F8" w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus" w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>م</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus" w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>وزشی</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1012" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E6769C" w:rsidRDefault="00E6769C" w:rsidP="00C54A57">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Titr"/>
+                <w:rtl/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="707" w:type="dxa"/>
-[...2 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="666" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D16B64" w:rsidRPr="00FD523D" w:rsidRDefault="00D16B64" w:rsidP="00D16B64">
+          <w:p w:rsidR="00E6769C" w:rsidRDefault="00E6769C" w:rsidP="00C54A57">
             <w:pPr>
-              <w:bidi/>
-[...5 lines deleted...]
-                <w:lang w:bidi="fa-IR"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Titr"/>
+                <w:rtl/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1808" w:type="dxa"/>
-[...2 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="753" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D16B64" w:rsidRPr="00FD523D" w:rsidRDefault="00D16B64" w:rsidP="00D16B64">
+          <w:p w:rsidR="00E6769C" w:rsidRDefault="00E6769C" w:rsidP="00C54A57">
             <w:pPr>
-              <w:bidi/>
-[...28 lines deleted...]
-                <w:lang w:bidi="fa-IR"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Titr"/>
+                <w:rtl/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4468" w:type="dxa"/>
-[...3 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="560" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D16B64" w:rsidRPr="002D6D90" w:rsidRDefault="00D16B64" w:rsidP="00250E34">
+          <w:p w:rsidR="00E6769C" w:rsidRDefault="00E6769C" w:rsidP="00C54A57">
             <w:pPr>
-              <w:bidi/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:cs="B Nazanin"/>
-[...962 lines deleted...]
-                <w:lang w:bidi="fa-IR"/>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Titr"/>
+                <w:rtl/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="502" w:type="dxa"/>
-[...2 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="978" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D16B64" w:rsidRPr="00FD523D" w:rsidRDefault="00D16B64" w:rsidP="00D16B64">
+          <w:p w:rsidR="00E6769C" w:rsidRDefault="00E6769C" w:rsidP="00C54A57">
             <w:pPr>
-              <w:bidi/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:cs="B Nazanin"/>
-[...3 lines deleted...]
-                <w:lang w:bidi="fa-IR"/>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Titr"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E6769C" w:rsidTr="00CD4641">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5812" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E6769C" w:rsidRPr="00CD4641" w:rsidRDefault="00E6769C" w:rsidP="00C54A57">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Titr"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus" w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>مفید</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus" w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>و</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus" w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>کاربردی</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus" w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>بودن</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus" w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>دروس</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus" w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>پایه</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus" w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>برنامه</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus" w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>درسی</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1012" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E6769C" w:rsidRDefault="00E6769C" w:rsidP="00C54A57">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Titr"/>
+                <w:rtl/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="707" w:type="dxa"/>
-[...2 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="666" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D16B64" w:rsidRPr="00FD523D" w:rsidRDefault="00D16B64" w:rsidP="00D16B64">
+          <w:p w:rsidR="00E6769C" w:rsidRDefault="00E6769C" w:rsidP="00C54A57">
             <w:pPr>
-              <w:bidi/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:cs="B Nazanin"/>
-[...3 lines deleted...]
-                <w:lang w:bidi="fa-IR"/>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Titr"/>
+                <w:rtl/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1808" w:type="dxa"/>
-[...2 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="753" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D16B64" w:rsidRPr="00FD523D" w:rsidRDefault="00D16B64" w:rsidP="00D16B64">
+          <w:p w:rsidR="00E6769C" w:rsidRDefault="00E6769C" w:rsidP="00C54A57">
             <w:pPr>
-              <w:bidi/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:cs="B Nazanin"/>
-[...52 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Titr"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="502" w:type="dxa"/>
+            <w:tcW w:w="560" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00FD523D" w:rsidRPr="00FD523D" w:rsidRDefault="00FD523D" w:rsidP="00D6474A">
+          <w:p w:rsidR="00E6769C" w:rsidRDefault="00E6769C" w:rsidP="00C54A57">
             <w:pPr>
-              <w:bidi/>
-[...5 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Titr"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="707" w:type="dxa"/>
+            <w:tcW w:w="978" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00FD523D" w:rsidRPr="00FD523D" w:rsidRDefault="00FD523D" w:rsidP="00D6474A">
+          <w:p w:rsidR="00E6769C" w:rsidRDefault="00E6769C" w:rsidP="00C54A57">
             <w:pPr>
-              <w:bidi/>
-[...5 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Titr"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E6769C" w:rsidTr="00CD4641">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5812" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E6769C" w:rsidRPr="00CD4641" w:rsidRDefault="00E6769C" w:rsidP="00C54A57">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Titr"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus" w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>مفید</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus" w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>و</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus" w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>کاربردی</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus" w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>بودن</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus" w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>دروس</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus" w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>تخصصی</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus" w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>برنامه</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus" w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>درسی</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1012" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E6769C" w:rsidRDefault="00E6769C" w:rsidP="00C54A57">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Titr"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1808" w:type="dxa"/>
+            <w:tcW w:w="666" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00FD523D" w:rsidRPr="00FD523D" w:rsidRDefault="00FD523D" w:rsidP="00D6474A">
+          <w:p w:rsidR="00E6769C" w:rsidRDefault="00E6769C" w:rsidP="00C54A57">
             <w:pPr>
-              <w:bidi/>
-[...134 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Titr"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="502" w:type="dxa"/>
+            <w:tcW w:w="753" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D16B64" w:rsidRPr="00FD523D" w:rsidRDefault="00D16B64" w:rsidP="00D16B64">
+          <w:p w:rsidR="00E6769C" w:rsidRDefault="00E6769C" w:rsidP="00C54A57">
             <w:pPr>
-              <w:bidi/>
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Titr"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="707" w:type="dxa"/>
+            <w:tcW w:w="560" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D16B64" w:rsidRPr="00FD523D" w:rsidRDefault="00D16B64" w:rsidP="00D16B64">
+          <w:p w:rsidR="00E6769C" w:rsidRDefault="00E6769C" w:rsidP="00C54A57">
             <w:pPr>
-              <w:bidi/>
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Titr"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1808" w:type="dxa"/>
+            <w:tcW w:w="978" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D16B64" w:rsidRPr="00FD523D" w:rsidRDefault="00D16B64" w:rsidP="00D16B64">
+          <w:p w:rsidR="00E6769C" w:rsidRDefault="00E6769C" w:rsidP="00C54A57">
             <w:pPr>
-              <w:bidi/>
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Titr"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D16B64" w:rsidRPr="00FD523D" w:rsidTr="00FD523D">
+      <w:tr w:rsidR="00F844F8" w:rsidTr="00CD4641">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1415" w:type="dxa"/>
-[...1 lines deleted...]
-            <w:vMerge/>
+            <w:tcW w:w="5812" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D16B64" w:rsidRPr="00FD523D" w:rsidRDefault="00D16B64" w:rsidP="00D16B64">
+          <w:p w:rsidR="00F844F8" w:rsidRPr="00CD4641" w:rsidRDefault="00F844F8" w:rsidP="00F844F8">
             <w:pPr>
-              <w:bidi/>
-[...5 lines deleted...]
-                <w:szCs w:val="28"/>
+              <w:pBdr>
+                <w:top w:val="single" w:sz="6" w:space="11" w:color="DDDDDD"/>
+              </w:pBdr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>مناسب بودن سرفصل‌های دروس آموزشی</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1012" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F844F8" w:rsidRDefault="00F844F8" w:rsidP="00C54A57">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Titr"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4457" w:type="dxa"/>
+            <w:tcW w:w="666" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D16B64" w:rsidRPr="002D6D90" w:rsidRDefault="00D16B64" w:rsidP="00250E34">
+          <w:p w:rsidR="00F844F8" w:rsidRDefault="00F844F8" w:rsidP="00C54A57">
             <w:pPr>
-              <w:bidi/>
-[...268 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Titr"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="502" w:type="dxa"/>
+            <w:tcW w:w="753" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D16B64" w:rsidRPr="00FD523D" w:rsidRDefault="00D16B64" w:rsidP="00D16B64">
+          <w:p w:rsidR="00F844F8" w:rsidRDefault="00F844F8" w:rsidP="00C54A57">
             <w:pPr>
-              <w:bidi/>
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Titr"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="707" w:type="dxa"/>
+            <w:tcW w:w="560" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D16B64" w:rsidRPr="00FD523D" w:rsidRDefault="00D16B64" w:rsidP="00D16B64">
+          <w:p w:rsidR="00F844F8" w:rsidRDefault="00F844F8" w:rsidP="00C54A57">
             <w:pPr>
-              <w:bidi/>
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Titr"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1808" w:type="dxa"/>
+            <w:tcW w:w="978" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D16B64" w:rsidRPr="00FD523D" w:rsidRDefault="00D16B64" w:rsidP="00D16B64">
+          <w:p w:rsidR="00F844F8" w:rsidRDefault="00F844F8" w:rsidP="00C54A57">
             <w:pPr>
-              <w:bidi/>
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Titr"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D16B64" w:rsidRPr="00FD523D" w:rsidTr="00FD523D">
+      <w:tr w:rsidR="00E6769C" w:rsidTr="00CD4641">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1415" w:type="dxa"/>
-[...1 lines deleted...]
-            <w:vMerge/>
+            <w:tcW w:w="5812" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D16B64" w:rsidRPr="00FD523D" w:rsidRDefault="00D16B64" w:rsidP="00D16B64">
+          <w:p w:rsidR="00E6769C" w:rsidRPr="00CD4641" w:rsidRDefault="00E6769C" w:rsidP="00E6769C">
             <w:pPr>
-              <w:bidi/>
-[...5 lines deleted...]
-                <w:szCs w:val="28"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Titr"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus" w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>امکانات</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus" w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>و</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus" w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>تجهیزات</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus" w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>آموزشی</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus" w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>و</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus" w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>پژوهشی،</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus" w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>کمک آموزشی،پراتیک</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1012" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E6769C" w:rsidRDefault="00E6769C" w:rsidP="00C54A57">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Titr"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4457" w:type="dxa"/>
+            <w:tcW w:w="666" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D16B64" w:rsidRPr="002D6D90" w:rsidRDefault="00D16B64" w:rsidP="00250E34">
+          <w:p w:rsidR="00E6769C" w:rsidRDefault="00E6769C" w:rsidP="00C54A57">
             <w:pPr>
-              <w:bidi/>
-[...105 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Titr"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="502" w:type="dxa"/>
+            <w:tcW w:w="753" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D16B64" w:rsidRPr="00FD523D" w:rsidRDefault="00D16B64" w:rsidP="00D16B64">
+          <w:p w:rsidR="00E6769C" w:rsidRDefault="00E6769C" w:rsidP="00C54A57">
             <w:pPr>
-              <w:bidi/>
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Titr"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="707" w:type="dxa"/>
+            <w:tcW w:w="560" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D16B64" w:rsidRPr="00FD523D" w:rsidRDefault="00D16B64" w:rsidP="00D16B64">
+          <w:p w:rsidR="00E6769C" w:rsidRDefault="00E6769C" w:rsidP="00C54A57">
             <w:pPr>
-              <w:bidi/>
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Titr"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1808" w:type="dxa"/>
+            <w:tcW w:w="978" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D16B64" w:rsidRPr="00FD523D" w:rsidRDefault="00D16B64" w:rsidP="00D16B64">
+          <w:p w:rsidR="00E6769C" w:rsidRDefault="00E6769C" w:rsidP="00C54A57">
             <w:pPr>
-              <w:bidi/>
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Titr"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D16B64" w:rsidRPr="00FD523D" w:rsidTr="00FD523D">
+      <w:tr w:rsidR="00E6769C" w:rsidTr="00CD4641">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1415" w:type="dxa"/>
-[...1 lines deleted...]
-            <w:vMerge w:val="restart"/>
+            <w:tcW w:w="5812" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D16B64" w:rsidRPr="00FD523D" w:rsidRDefault="00D16B64" w:rsidP="00D16B64">
+          <w:p w:rsidR="00E6769C" w:rsidRPr="00CD4641" w:rsidRDefault="00E6769C" w:rsidP="00C54A57">
             <w:pPr>
-              <w:bidi/>
-[...5 lines deleted...]
-                <w:szCs w:val="28"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Titr"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00FD523D">
-[...9 lines deleted...]
-              <w:t>تعاریف تئوریکی و عملیاتی متغیرها</w:t>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus" w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>فضاهای</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus" w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>آموزشی</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus" w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>و</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus" w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>کلاسهای</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus" w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>درس</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus" w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>دانشگاه</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus" w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>ازنظر</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus" w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>فضای</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus" w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>فیزیکی،</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus" w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>نور،</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus" w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>رنگ،</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus" w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>تجهیزات،</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus" w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>نظافت</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus" w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>و</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus" w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>غیره</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4457" w:type="dxa"/>
+            <w:tcW w:w="1012" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D16B64" w:rsidRPr="00141D91" w:rsidRDefault="00141D91" w:rsidP="00250E34">
+          <w:p w:rsidR="00E6769C" w:rsidRDefault="00E6769C" w:rsidP="00C54A57">
             <w:pPr>
-              <w:bidi/>
-[...71 lines deleted...]
-                <w:lang w:bidi="fa-IR"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Titr"/>
+                <w:rtl/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="502" w:type="dxa"/>
+            <w:tcW w:w="666" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D16B64" w:rsidRPr="00FD523D" w:rsidRDefault="00D16B64" w:rsidP="00D16B64">
+          <w:p w:rsidR="00E6769C" w:rsidRDefault="00E6769C" w:rsidP="00C54A57">
             <w:pPr>
-              <w:bidi/>
-[...5 lines deleted...]
-                <w:lang w:bidi="fa-IR"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Titr"/>
+                <w:rtl/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="707" w:type="dxa"/>
+            <w:tcW w:w="753" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D16B64" w:rsidRPr="00FD523D" w:rsidRDefault="00D16B64" w:rsidP="00D16B64">
+          <w:p w:rsidR="00E6769C" w:rsidRDefault="00E6769C" w:rsidP="00C54A57">
             <w:pPr>
-              <w:bidi/>
-[...5 lines deleted...]
-                <w:lang w:bidi="fa-IR"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Titr"/>
+                <w:rtl/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1808" w:type="dxa"/>
+            <w:tcW w:w="560" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D16B64" w:rsidRPr="00FD523D" w:rsidRDefault="00D16B64" w:rsidP="00D16B64">
+          <w:p w:rsidR="00E6769C" w:rsidRDefault="00E6769C" w:rsidP="00C54A57">
             <w:pPr>
-              <w:bidi/>
-[...26 lines deleted...]
-                <w:szCs w:val="28"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Titr"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4457" w:type="dxa"/>
+            <w:tcW w:w="978" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D16B64" w:rsidRPr="002D6D90" w:rsidRDefault="00D16B64" w:rsidP="00250E34">
+          <w:p w:rsidR="00E6769C" w:rsidRDefault="00E6769C" w:rsidP="00C54A57">
             <w:pPr>
-              <w:bidi/>
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Titr"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002D6D90">
-[...55 lines deleted...]
-              <w:t>ه شده است.</w:t>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E6769C" w:rsidTr="00CD4641">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5812" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E6769C" w:rsidRPr="00CD4641" w:rsidRDefault="00E6769C" w:rsidP="00E6769C">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Titr"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus" w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>امکانات</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus" w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>و</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus" w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>خدمات</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus" w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>رایانه</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus" w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>و</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus" w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>فناوری</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus" w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>اطلاعات</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus" w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>دانشکده</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="461" w:type="dxa"/>
+            <w:tcW w:w="1012" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D16B64" w:rsidRPr="00FD523D" w:rsidRDefault="00D16B64" w:rsidP="00D16B64">
+          <w:p w:rsidR="00E6769C" w:rsidRDefault="00E6769C" w:rsidP="00C54A57">
             <w:pPr>
-              <w:bidi/>
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Titr"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="502" w:type="dxa"/>
+            <w:tcW w:w="666" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D16B64" w:rsidRPr="00FD523D" w:rsidRDefault="00D16B64" w:rsidP="00D16B64">
+          <w:p w:rsidR="00E6769C" w:rsidRDefault="00E6769C" w:rsidP="00C54A57">
             <w:pPr>
-              <w:bidi/>
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Titr"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="707" w:type="dxa"/>
+            <w:tcW w:w="753" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D16B64" w:rsidRPr="00FD523D" w:rsidRDefault="00D16B64" w:rsidP="00D16B64">
+          <w:p w:rsidR="00E6769C" w:rsidRDefault="00E6769C" w:rsidP="00C54A57">
             <w:pPr>
-              <w:bidi/>
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Titr"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1808" w:type="dxa"/>
+            <w:tcW w:w="560" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D16B64" w:rsidRPr="00FD523D" w:rsidRDefault="00D16B64" w:rsidP="00D16B64">
+          <w:p w:rsidR="00E6769C" w:rsidRDefault="00E6769C" w:rsidP="00C54A57">
             <w:pPr>
-              <w:bidi/>
-[...73 lines deleted...]
-              <w:bidi/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:cs="B Nazanin"/>
-[...110 lines deleted...]
-                <w:lang w:bidi="fa-IR"/>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Titr"/>
+                <w:rtl/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="502" w:type="dxa"/>
+            <w:tcW w:w="978" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D16B64" w:rsidRPr="00FD523D" w:rsidRDefault="00D16B64" w:rsidP="00D16B64">
+          <w:p w:rsidR="00E6769C" w:rsidRDefault="00E6769C" w:rsidP="00C54A57">
             <w:pPr>
-              <w:bidi/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:cs="B Nazanin"/>
-[...3 lines deleted...]
-                <w:lang w:bidi="fa-IR"/>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Titr"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E6769C" w:rsidTr="00CD4641">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5812" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E6769C" w:rsidRPr="00CD4641" w:rsidRDefault="00E6769C" w:rsidP="00C54A57">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Titr"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus" w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>رعایت</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus" w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>نظم</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus" w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>و</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus" w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>انضباط</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus" w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>آموزشی</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1012" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E6769C" w:rsidRDefault="00E6769C" w:rsidP="00C54A57">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Titr"/>
+                <w:rtl/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="707" w:type="dxa"/>
+            <w:tcW w:w="666" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D16B64" w:rsidRPr="00FD523D" w:rsidRDefault="00D16B64" w:rsidP="00D16B64">
+          <w:p w:rsidR="00E6769C" w:rsidRDefault="00E6769C" w:rsidP="00C54A57">
             <w:pPr>
-              <w:bidi/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:cs="B Nazanin"/>
-[...3 lines deleted...]
-                <w:lang w:bidi="fa-IR"/>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Titr"/>
+                <w:rtl/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1808" w:type="dxa"/>
+            <w:tcW w:w="753" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D16B64" w:rsidRPr="00FD523D" w:rsidRDefault="00D16B64" w:rsidP="00D16B64">
+          <w:p w:rsidR="00E6769C" w:rsidRDefault="00E6769C" w:rsidP="00C54A57">
             <w:pPr>
-              <w:bidi/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:cs="B Nazanin"/>
-[...24 lines deleted...]
-                <w:szCs w:val="28"/>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Titr"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4457" w:type="dxa"/>
+            <w:tcW w:w="560" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D16B64" w:rsidRPr="002D6D90" w:rsidRDefault="00D16B64" w:rsidP="00250E34">
+          <w:p w:rsidR="00E6769C" w:rsidRDefault="00E6769C" w:rsidP="00C54A57">
             <w:pPr>
-              <w:bidi/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:cs="B Nazanin"/>
-[...71 lines deleted...]
-                <w:lang w:bidi="fa-IR"/>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Titr"/>
+                <w:rtl/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="502" w:type="dxa"/>
+            <w:tcW w:w="978" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D16B64" w:rsidRPr="00FD523D" w:rsidRDefault="00D16B64" w:rsidP="00D16B64">
+          <w:p w:rsidR="00E6769C" w:rsidRDefault="00E6769C" w:rsidP="00C54A57">
             <w:pPr>
-              <w:bidi/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:cs="B Nazanin"/>
-[...3 lines deleted...]
-                <w:lang w:bidi="fa-IR"/>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Titr"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E6769C" w:rsidTr="00CD4641">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5812" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E6769C" w:rsidRPr="00CD4641" w:rsidRDefault="00E6769C" w:rsidP="00C54A57">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Titr"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus" w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>کیفیت</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus" w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>برنامه های</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus" w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>کارآموزی</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1012" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E6769C" w:rsidRDefault="00E6769C" w:rsidP="00C54A57">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Titr"/>
+                <w:rtl/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="707" w:type="dxa"/>
+            <w:tcW w:w="666" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D16B64" w:rsidRPr="00FD523D" w:rsidRDefault="00D16B64" w:rsidP="00D16B64">
+          <w:p w:rsidR="00E6769C" w:rsidRDefault="00E6769C" w:rsidP="00C54A57">
             <w:pPr>
-              <w:bidi/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:cs="B Nazanin"/>
-[...3 lines deleted...]
-                <w:lang w:bidi="fa-IR"/>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Titr"/>
+                <w:rtl/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1808" w:type="dxa"/>
+            <w:tcW w:w="753" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D16B64" w:rsidRPr="00FD523D" w:rsidRDefault="00D16B64" w:rsidP="00D16B64">
+          <w:p w:rsidR="00E6769C" w:rsidRDefault="00E6769C" w:rsidP="00C54A57">
             <w:pPr>
-              <w:bidi/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:cs="B Nazanin"/>
-[...24 lines deleted...]
-                <w:szCs w:val="28"/>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Titr"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4457" w:type="dxa"/>
+            <w:tcW w:w="560" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D16B64" w:rsidRPr="002D6D90" w:rsidRDefault="00CB0F48" w:rsidP="00250E34">
+          <w:p w:rsidR="00E6769C" w:rsidRDefault="00E6769C" w:rsidP="00C54A57">
             <w:pPr>
-              <w:bidi/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:cs="B Nazanin"/>
-[...90 lines deleted...]
-                <w:lang w:bidi="fa-IR"/>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Titr"/>
+                <w:rtl/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="502" w:type="dxa"/>
+            <w:tcW w:w="978" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D16B64" w:rsidRPr="00FD523D" w:rsidRDefault="00D16B64" w:rsidP="00D16B64">
+          <w:p w:rsidR="00E6769C" w:rsidRDefault="00E6769C" w:rsidP="00C54A57">
             <w:pPr>
-              <w:bidi/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:cs="B Nazanin"/>
-[...3 lines deleted...]
-                <w:lang w:bidi="fa-IR"/>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Titr"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E6769C" w:rsidTr="00CD4641">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5812" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E6769C" w:rsidRPr="00CD4641" w:rsidRDefault="00E6769C" w:rsidP="00C54A57">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Titr"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus" w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>بازخورد</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus" w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>و</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus" w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>تأثیر</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus" w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>نتایج</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus" w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>ارزشیابی</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus" w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>کیفیت</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus" w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>تدریس</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus" w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>استادان</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus" w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>در</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus" w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>جهت</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus" w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>بهبود</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus" w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>کیفیت</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus" w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>آموزشی</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1012" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E6769C" w:rsidRDefault="00E6769C" w:rsidP="00C54A57">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Titr"/>
+                <w:rtl/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="707" w:type="dxa"/>
+            <w:tcW w:w="666" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D16B64" w:rsidRPr="00FD523D" w:rsidRDefault="00D16B64" w:rsidP="00D16B64">
+          <w:p w:rsidR="00E6769C" w:rsidRDefault="00E6769C" w:rsidP="00C54A57">
             <w:pPr>
-              <w:bidi/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:cs="B Nazanin"/>
-[...3 lines deleted...]
-                <w:lang w:bidi="fa-IR"/>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Titr"/>
+                <w:rtl/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1808" w:type="dxa"/>
+            <w:tcW w:w="753" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D16B64" w:rsidRPr="00FD523D" w:rsidRDefault="00D16B64" w:rsidP="00D16B64">
+          <w:p w:rsidR="00E6769C" w:rsidRDefault="00E6769C" w:rsidP="00C54A57">
             <w:pPr>
-              <w:bidi/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:cs="B Nazanin"/>
-[...52 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Titr"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="502" w:type="dxa"/>
+            <w:tcW w:w="560" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00FD523D" w:rsidRPr="00FD523D" w:rsidRDefault="00FD523D" w:rsidP="00D6474A">
+          <w:p w:rsidR="00E6769C" w:rsidRDefault="00E6769C" w:rsidP="00C54A57">
             <w:pPr>
-              <w:bidi/>
-[...5 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Titr"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="707" w:type="dxa"/>
+            <w:tcW w:w="978" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00FD523D" w:rsidRPr="00FD523D" w:rsidRDefault="00FD523D" w:rsidP="00D6474A">
+          <w:p w:rsidR="00E6769C" w:rsidRDefault="00E6769C" w:rsidP="00C54A57">
             <w:pPr>
-              <w:bidi/>
-[...5 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Titr"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E6769C" w:rsidTr="00CD4641">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5812" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E6769C" w:rsidRPr="00CD4641" w:rsidRDefault="00E6769C" w:rsidP="00C54A57">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Titr"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus" w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>رفتار</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus" w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t xml:space="preserve">استادان/ کارمندان دانشکده </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus" w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>با</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus" w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>دانشجویان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1012" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E6769C" w:rsidRDefault="00E6769C" w:rsidP="00C54A57">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Titr"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1808" w:type="dxa"/>
+            <w:tcW w:w="666" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00FD523D" w:rsidRPr="00FD523D" w:rsidRDefault="00FD523D" w:rsidP="00D6474A">
+          <w:p w:rsidR="00E6769C" w:rsidRDefault="00E6769C" w:rsidP="00C54A57">
             <w:pPr>
-              <w:bidi/>
-[...123 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Titr"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="502" w:type="dxa"/>
+            <w:tcW w:w="753" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00FD523D" w:rsidRPr="00FD523D" w:rsidRDefault="00FD523D" w:rsidP="00D6474A">
+          <w:p w:rsidR="00E6769C" w:rsidRDefault="00E6769C" w:rsidP="00C54A57">
             <w:pPr>
-              <w:bidi/>
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Titr"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="707" w:type="dxa"/>
+            <w:tcW w:w="560" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00FD523D" w:rsidRPr="00FD523D" w:rsidRDefault="00FD523D" w:rsidP="00D6474A">
+          <w:p w:rsidR="00E6769C" w:rsidRDefault="00E6769C" w:rsidP="00C54A57">
             <w:pPr>
-              <w:bidi/>
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Titr"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1808" w:type="dxa"/>
+            <w:tcW w:w="978" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00FD523D" w:rsidRPr="00FD523D" w:rsidRDefault="00FD523D" w:rsidP="00D6474A">
+          <w:p w:rsidR="00E6769C" w:rsidRDefault="00E6769C" w:rsidP="00C54A57">
             <w:pPr>
-              <w:bidi/>
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Titr"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FD523D" w:rsidRPr="00FD523D" w:rsidTr="00FD523D">
+      <w:tr w:rsidR="00E6769C" w:rsidTr="00CD4641">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1415" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="5812" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00FD523D" w:rsidRPr="00FD523D" w:rsidRDefault="00FD523D" w:rsidP="00D6474A">
+          <w:p w:rsidR="00E6769C" w:rsidRPr="00CD4641" w:rsidRDefault="00E6769C" w:rsidP="00E6769C">
             <w:pPr>
-              <w:bidi/>
-[...5 lines deleted...]
-                <w:szCs w:val="28"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00FD523D">
-[...31 lines deleted...]
-              <w:t xml:space="preserve"> (زمان و مکان) پژوهش</w:t>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus" w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>نحوه</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus" w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>پاسخگویی</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus" w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>و</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus" w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>رفتار</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus" w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>مدیران</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus" w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>ارشد</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus" w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>و</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus" w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>مسئولان</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus" w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>دانشگاه</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> )</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus" w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>اهتمام</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus" w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>مسئولین</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus" w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>دانشگاه</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus" w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>در</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus" w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>انجام وظایف</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus" w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>خود</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus"/>
+              </w:rPr>
+              <w:t>(</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4457" w:type="dxa"/>
+            <w:tcW w:w="1012" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D16B64" w:rsidRPr="00141D91" w:rsidRDefault="00141D91" w:rsidP="00250E34">
+          <w:p w:rsidR="00E6769C" w:rsidRDefault="00E6769C" w:rsidP="00C54A57">
             <w:pPr>
-              <w:bidi/>
-[...1265 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Titr"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="502" w:type="dxa"/>
+            <w:tcW w:w="666" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00FD523D" w:rsidRPr="00FD523D" w:rsidRDefault="00FD523D" w:rsidP="00BD7966">
+          <w:p w:rsidR="00E6769C" w:rsidRDefault="00E6769C" w:rsidP="00C54A57">
             <w:pPr>
-              <w:pStyle w:val="ListParagraph"/>
-[...8 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Titr"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="707" w:type="dxa"/>
+            <w:tcW w:w="753" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00FD523D" w:rsidRPr="00FD523D" w:rsidRDefault="00FD523D" w:rsidP="00FD523D">
+          <w:p w:rsidR="00E6769C" w:rsidRDefault="00E6769C" w:rsidP="00C54A57">
             <w:pPr>
-              <w:bidi/>
-[...4 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Titr"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1808" w:type="dxa"/>
+            <w:tcW w:w="560" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00FD523D" w:rsidRPr="00FD523D" w:rsidRDefault="00FD523D" w:rsidP="00FD523D">
+          <w:p w:rsidR="00E6769C" w:rsidRDefault="00E6769C" w:rsidP="00C54A57">
             <w:pPr>
-              <w:pStyle w:val="ListParagraph"/>
-[...513 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Titr"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="502" w:type="dxa"/>
+            <w:tcW w:w="978" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00FD523D" w:rsidRPr="00FD523D" w:rsidRDefault="00FD523D" w:rsidP="001C0657">
+          <w:p w:rsidR="00E6769C" w:rsidRDefault="00E6769C" w:rsidP="00C54A57">
             <w:pPr>
-              <w:pStyle w:val="ListParagraph"/>
-[...4 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Titr"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E6769C" w:rsidTr="00CD4641">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5812" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E6769C" w:rsidRPr="00CD4641" w:rsidRDefault="00E6769C" w:rsidP="00C54A57">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Titr"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus" w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>نحوه</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus" w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>برخورد</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus" w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>و</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus" w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>ارائه</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus" w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>راهنمایی</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus" w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>توسط</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus" w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>مدیر</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus" w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>گروه</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus" w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>آموزشی</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1012" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E6769C" w:rsidRDefault="00E6769C" w:rsidP="00C54A57">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Titr"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="707" w:type="dxa"/>
+            <w:tcW w:w="666" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00FD523D" w:rsidRPr="00FD523D" w:rsidRDefault="00FD523D" w:rsidP="001C0657">
+          <w:p w:rsidR="00E6769C" w:rsidRDefault="00E6769C" w:rsidP="00C54A57">
             <w:pPr>
-              <w:pStyle w:val="ListParagraph"/>
-[...4 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Titr"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1808" w:type="dxa"/>
+            <w:tcW w:w="753" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00FD523D" w:rsidRPr="00FD523D" w:rsidRDefault="00FD523D" w:rsidP="001C0657">
+          <w:p w:rsidR="00E6769C" w:rsidRDefault="00E6769C" w:rsidP="00C54A57">
             <w:pPr>
-              <w:pStyle w:val="ListParagraph"/>
-[...306 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Titr"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="502" w:type="dxa"/>
+            <w:tcW w:w="560" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00FD523D" w:rsidRPr="00FD523D" w:rsidRDefault="00FD523D" w:rsidP="0089307F">
+          <w:p w:rsidR="00E6769C" w:rsidRDefault="00E6769C" w:rsidP="00C54A57">
             <w:pPr>
-              <w:pStyle w:val="ListParagraph"/>
-[...4 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Titr"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="707" w:type="dxa"/>
+            <w:tcW w:w="978" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00FD523D" w:rsidRPr="00FD523D" w:rsidRDefault="00FD523D" w:rsidP="0089307F">
+          <w:p w:rsidR="00E6769C" w:rsidRDefault="00E6769C" w:rsidP="00C54A57">
             <w:pPr>
-              <w:pStyle w:val="ListParagraph"/>
-[...4 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Titr"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E6769C" w:rsidTr="00CD4641">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5812" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E6769C" w:rsidRPr="00CD4641" w:rsidRDefault="00E6769C" w:rsidP="00E6769C">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Titr"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus" w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>نحوه</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus" w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>برخورد</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus" w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>و</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus" w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>ارائه</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus" w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>راهنمایی</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus" w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>توسط</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus" w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>استاد مشاور</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1012" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E6769C" w:rsidRDefault="00E6769C" w:rsidP="00E6769C">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Titr"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1808" w:type="dxa"/>
+            <w:tcW w:w="666" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00FD523D" w:rsidRPr="00FD523D" w:rsidRDefault="00FD523D" w:rsidP="0089307F">
+          <w:p w:rsidR="00E6769C" w:rsidRDefault="00E6769C" w:rsidP="00E6769C">
             <w:pPr>
-              <w:pStyle w:val="ListParagraph"/>
-[...328 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Titr"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="502" w:type="dxa"/>
+            <w:tcW w:w="753" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00FD523D" w:rsidRPr="00FD523D" w:rsidRDefault="00FD523D" w:rsidP="00D6474A">
+          <w:p w:rsidR="00E6769C" w:rsidRDefault="00E6769C" w:rsidP="00E6769C">
             <w:pPr>
-              <w:pStyle w:val="ListParagraph"/>
-[...4 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Titr"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="707" w:type="dxa"/>
+            <w:tcW w:w="560" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00FD523D" w:rsidRPr="00FD523D" w:rsidRDefault="00FD523D" w:rsidP="00D6474A">
+          <w:p w:rsidR="00E6769C" w:rsidRDefault="00E6769C" w:rsidP="00E6769C">
             <w:pPr>
-              <w:pStyle w:val="ListParagraph"/>
-[...4 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Titr"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1808" w:type="dxa"/>
+            <w:tcW w:w="978" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00FD523D" w:rsidRPr="00FD523D" w:rsidRDefault="00FD523D" w:rsidP="00D6474A">
+          <w:p w:rsidR="00E6769C" w:rsidRDefault="00E6769C" w:rsidP="00E6769C">
             <w:pPr>
-              <w:pStyle w:val="ListParagraph"/>
-[...4 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Titr"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FD523D" w:rsidRPr="00FD523D" w:rsidTr="00FD523D">
+      <w:tr w:rsidR="00E6769C" w:rsidTr="00CD4641">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1415" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="5812" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00FD523D" w:rsidRPr="00FD523D" w:rsidRDefault="00FD523D" w:rsidP="00D6474A">
+          <w:p w:rsidR="00E6769C" w:rsidRPr="00CD4641" w:rsidRDefault="00E6769C" w:rsidP="00E6769C">
             <w:pPr>
-              <w:bidi/>
-[...5 lines deleted...]
-                <w:szCs w:val="28"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Titr"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00FD523D">
-[...8 lines deleted...]
-              <w:t>سوگیری</w:t>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus" w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>نحوه</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus" w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>اطلاع رسانی</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus" w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>و</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus" w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>ارائه</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus" w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>راهنمایی های</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus" w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>لازم</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus" w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>در</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus" w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>خصوص</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus" w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>خدمات</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus" w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>آموزشی</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4457" w:type="dxa"/>
+            <w:tcW w:w="1012" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00FD523D" w:rsidRPr="00241EC9" w:rsidRDefault="00FD523D" w:rsidP="00241EC9">
+          <w:p w:rsidR="00E6769C" w:rsidRDefault="00E6769C" w:rsidP="00E6769C">
             <w:pPr>
-              <w:bidi/>
-[...38 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Titr"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="502" w:type="dxa"/>
+            <w:tcW w:w="666" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00FD523D" w:rsidRPr="00FD523D" w:rsidRDefault="00FD523D" w:rsidP="00D6474A">
+          <w:p w:rsidR="00E6769C" w:rsidRDefault="00E6769C" w:rsidP="00E6769C">
             <w:pPr>
-              <w:pStyle w:val="ListParagraph"/>
-[...4 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Titr"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="707" w:type="dxa"/>
+            <w:tcW w:w="753" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00FD523D" w:rsidRPr="00FD523D" w:rsidRDefault="00FD523D" w:rsidP="00D6474A">
+          <w:p w:rsidR="00E6769C" w:rsidRDefault="00E6769C" w:rsidP="00E6769C">
             <w:pPr>
-              <w:pStyle w:val="ListParagraph"/>
-[...4 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Titr"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1808" w:type="dxa"/>
+            <w:tcW w:w="560" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00FD523D" w:rsidRPr="00FD523D" w:rsidRDefault="00FD523D" w:rsidP="00D6474A">
+          <w:p w:rsidR="00E6769C" w:rsidRDefault="00E6769C" w:rsidP="00E6769C">
             <w:pPr>
-              <w:pStyle w:val="ListParagraph"/>
-[...48 lines deleted...]
-              <w:bidi/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:cs="B Nazanin"/>
-[...59 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Titr"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="502" w:type="dxa"/>
+            <w:tcW w:w="978" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00FD523D" w:rsidRPr="00FD523D" w:rsidRDefault="00FD523D" w:rsidP="00D6474A">
+          <w:p w:rsidR="00E6769C" w:rsidRDefault="00E6769C" w:rsidP="00E6769C">
             <w:pPr>
-              <w:pStyle w:val="ListParagraph"/>
-[...4 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Titr"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E6769C" w:rsidTr="00CD4641">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5812" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E6769C" w:rsidRPr="00CD4641" w:rsidRDefault="00E6769C" w:rsidP="00E6769C">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus" w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>همکاری و مشارکت راهنما و مشاور در انجام پایان نامه</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1012" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E6769C" w:rsidRDefault="00E6769C" w:rsidP="00E6769C">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Titr"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="707" w:type="dxa"/>
+            <w:tcW w:w="666" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00FD523D" w:rsidRPr="00FD523D" w:rsidRDefault="00FD523D" w:rsidP="00D6474A">
+          <w:p w:rsidR="00E6769C" w:rsidRDefault="00E6769C" w:rsidP="00E6769C">
             <w:pPr>
-              <w:pStyle w:val="ListParagraph"/>
-[...4 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Titr"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1808" w:type="dxa"/>
+            <w:tcW w:w="753" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00FD523D" w:rsidRPr="00FD523D" w:rsidRDefault="00FD523D" w:rsidP="00D6474A">
+          <w:p w:rsidR="00E6769C" w:rsidRDefault="00E6769C" w:rsidP="00E6769C">
             <w:pPr>
-              <w:pStyle w:val="ListParagraph"/>
-[...48 lines deleted...]
-              <w:bidi/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:cs="B Nazanin"/>
-[...161 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Titr"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="502" w:type="dxa"/>
+            <w:tcW w:w="560" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00FD523D" w:rsidRPr="00FD523D" w:rsidRDefault="00FD523D" w:rsidP="00D6474A">
+          <w:p w:rsidR="00E6769C" w:rsidRDefault="00E6769C" w:rsidP="00E6769C">
             <w:pPr>
-              <w:pStyle w:val="ListParagraph"/>
-[...4 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Titr"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="707" w:type="dxa"/>
+            <w:tcW w:w="978" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00FD523D" w:rsidRPr="00FD523D" w:rsidRDefault="00FD523D" w:rsidP="00D6474A">
+          <w:p w:rsidR="00E6769C" w:rsidRDefault="00E6769C" w:rsidP="00E6769C">
             <w:pPr>
-              <w:pStyle w:val="ListParagraph"/>
-[...4 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Titr"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E6769C" w:rsidTr="00CD4641">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5812" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E6769C" w:rsidRPr="00CD4641" w:rsidRDefault="00E6769C" w:rsidP="00E6769C">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus" w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>شرایط دفاع پروپوزال و پایان نامه</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1012" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E6769C" w:rsidRDefault="00E6769C" w:rsidP="00E6769C">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Titr"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1808" w:type="dxa"/>
+            <w:tcW w:w="666" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00FD523D" w:rsidRPr="00FD523D" w:rsidRDefault="00FD523D" w:rsidP="00D6474A">
+          <w:p w:rsidR="00E6769C" w:rsidRDefault="00E6769C" w:rsidP="00E6769C">
             <w:pPr>
-              <w:pStyle w:val="ListParagraph"/>
-[...74 lines deleted...]
-              <w:bidi/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:cs="B Nazanin"/>
-[...359 lines deleted...]
-                <w:lang w:bidi="fa-IR"/>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Titr"/>
+                <w:rtl/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="502" w:type="dxa"/>
+            <w:tcW w:w="753" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00FD523D" w:rsidRPr="00FD523D" w:rsidRDefault="00FD523D" w:rsidP="00F66A60">
+          <w:p w:rsidR="00E6769C" w:rsidRDefault="00E6769C" w:rsidP="00E6769C">
             <w:pPr>
-              <w:bidi/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:cs="B Nazanin"/>
-[...3 lines deleted...]
-                <w:lang w:bidi="fa-IR"/>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Titr"/>
+                <w:rtl/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="707" w:type="dxa"/>
+            <w:tcW w:w="560" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00FD523D" w:rsidRPr="00FD523D" w:rsidRDefault="00FD523D" w:rsidP="00F66A60">
+          <w:p w:rsidR="00E6769C" w:rsidRDefault="00E6769C" w:rsidP="00E6769C">
             <w:pPr>
-              <w:bidi/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:cs="B Nazanin"/>
-[...3 lines deleted...]
-                <w:lang w:bidi="fa-IR"/>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Titr"/>
+                <w:rtl/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1808" w:type="dxa"/>
+            <w:tcW w:w="978" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00FD523D" w:rsidRPr="00FD523D" w:rsidRDefault="00FD523D" w:rsidP="00F66A60">
+          <w:p w:rsidR="00E6769C" w:rsidRDefault="00E6769C" w:rsidP="00E6769C">
             <w:pPr>
-              <w:bidi/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:cs="B Nazanin"/>
-[...3 lines deleted...]
-                <w:lang w:bidi="fa-IR"/>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Titr"/>
+                <w:rtl/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FD523D" w:rsidRPr="00FD523D" w:rsidTr="00FD523D">
+      <w:tr w:rsidR="00587263" w:rsidTr="00CD4641">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1415" w:type="dxa"/>
-[...1 lines deleted...]
-            <w:vMerge/>
+            <w:tcW w:w="5812" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00FD523D" w:rsidRPr="00FD523D" w:rsidRDefault="00FD523D" w:rsidP="00F66A60">
+          <w:p w:rsidR="00587263" w:rsidRPr="00CD4641" w:rsidRDefault="00587263" w:rsidP="00587263">
             <w:pPr>
-              <w:bidi/>
-[...5 lines deleted...]
-                <w:szCs w:val="28"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus" w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>دسترسی به بیمارستانها و مراکز بهداشتی</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1012" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00587263" w:rsidRDefault="00587263" w:rsidP="00587263">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Titr"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4457" w:type="dxa"/>
+            <w:tcW w:w="666" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00FD523D" w:rsidRPr="00FD523D" w:rsidRDefault="00FD523D" w:rsidP="00250E34">
+          <w:p w:rsidR="00587263" w:rsidRDefault="00587263" w:rsidP="00587263">
             <w:pPr>
-              <w:bidi/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:cs="B Nazanin"/>
-[...321 lines deleted...]
-                <w:lang w:bidi="fa-IR"/>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Titr"/>
+                <w:rtl/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="502" w:type="dxa"/>
+            <w:tcW w:w="753" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00FD523D" w:rsidRPr="00FD523D" w:rsidRDefault="00FD523D" w:rsidP="00F66A60">
+          <w:p w:rsidR="00587263" w:rsidRDefault="00587263" w:rsidP="00587263">
             <w:pPr>
-              <w:bidi/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:cs="B Nazanin"/>
-[...3 lines deleted...]
-                <w:lang w:bidi="fa-IR"/>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Titr"/>
+                <w:rtl/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="707" w:type="dxa"/>
+            <w:tcW w:w="560" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00FD523D" w:rsidRPr="00FD523D" w:rsidRDefault="00FD523D" w:rsidP="00F66A60">
+          <w:p w:rsidR="00587263" w:rsidRDefault="00587263" w:rsidP="00587263">
             <w:pPr>
-              <w:bidi/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:cs="B Nazanin"/>
-[...3 lines deleted...]
-                <w:lang w:bidi="fa-IR"/>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Titr"/>
+                <w:rtl/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1808" w:type="dxa"/>
+            <w:tcW w:w="978" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00FD523D" w:rsidRPr="00FD523D" w:rsidRDefault="00FD523D" w:rsidP="00F66A60">
+          <w:p w:rsidR="00587263" w:rsidRDefault="00587263" w:rsidP="00587263">
             <w:pPr>
-              <w:bidi/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:cs="B Nazanin"/>
-[...3 lines deleted...]
-                <w:lang w:bidi="fa-IR"/>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Titr"/>
+                <w:rtl/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FD523D" w:rsidRPr="00FD523D" w:rsidTr="00FD523D">
+      <w:tr w:rsidR="00587263" w:rsidTr="00CD4641">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1415" w:type="dxa"/>
-[...1 lines deleted...]
-            <w:vMerge/>
+            <w:tcW w:w="5812" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00FD523D" w:rsidRPr="00FD523D" w:rsidRDefault="00FD523D" w:rsidP="00F66A60">
+          <w:p w:rsidR="00587263" w:rsidRPr="00CD4641" w:rsidRDefault="00587263" w:rsidP="00587263">
             <w:pPr>
-              <w:bidi/>
-[...5 lines deleted...]
-                <w:szCs w:val="28"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus" w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>توانائی دانشکده در آماده سازی دانشجویان از نظر احیا خلاقیت و نوع آوری</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1012" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00587263" w:rsidRDefault="00587263" w:rsidP="00587263">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Titr"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4457" w:type="dxa"/>
+            <w:tcW w:w="666" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00FD523D" w:rsidRPr="00FD523D" w:rsidRDefault="00740188" w:rsidP="00F66A60">
+          <w:p w:rsidR="00587263" w:rsidRDefault="00587263" w:rsidP="00587263">
             <w:pPr>
-              <w:bidi/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:cs="B Nazanin"/>
-[...61 lines deleted...]
-                <w:lang w:bidi="fa-IR"/>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Titr"/>
+                <w:rtl/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="502" w:type="dxa"/>
+            <w:tcW w:w="753" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00FD523D" w:rsidRPr="00FD523D" w:rsidRDefault="00FD523D" w:rsidP="00F66A60">
+          <w:p w:rsidR="00587263" w:rsidRDefault="00587263" w:rsidP="00587263">
             <w:pPr>
-              <w:bidi/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:cs="B Nazanin"/>
-[...3 lines deleted...]
-                <w:lang w:bidi="fa-IR"/>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Titr"/>
+                <w:rtl/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="707" w:type="dxa"/>
+            <w:tcW w:w="560" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00FD523D" w:rsidRPr="00FD523D" w:rsidRDefault="00FD523D" w:rsidP="00F66A60">
+          <w:p w:rsidR="00587263" w:rsidRDefault="00587263" w:rsidP="00587263">
             <w:pPr>
-              <w:bidi/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:cs="B Nazanin"/>
-[...3 lines deleted...]
-                <w:lang w:bidi="fa-IR"/>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Titr"/>
+                <w:rtl/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1808" w:type="dxa"/>
+            <w:tcW w:w="978" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00FD523D" w:rsidRPr="00FD523D" w:rsidRDefault="00FD523D" w:rsidP="00F66A60">
+          <w:p w:rsidR="00587263" w:rsidRDefault="00587263" w:rsidP="00587263">
             <w:pPr>
-              <w:bidi/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:cs="B Nazanin"/>
-[...3 lines deleted...]
-                <w:lang w:bidi="fa-IR"/>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Titr"/>
+                <w:rtl/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00740188" w:rsidRPr="00FD523D" w:rsidTr="00FD523D">
+      <w:tr w:rsidR="00587263" w:rsidTr="00CD4641">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1415" w:type="dxa"/>
-[...1 lines deleted...]
-            <w:vMerge w:val="restart"/>
+            <w:tcW w:w="5812" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00740188" w:rsidRPr="00FD523D" w:rsidRDefault="00740188" w:rsidP="00740188">
+          <w:p w:rsidR="00587263" w:rsidRPr="00CD4641" w:rsidRDefault="00587263" w:rsidP="00587263">
             <w:pPr>
-              <w:bidi/>
-[...5 lines deleted...]
-                <w:szCs w:val="28"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00FD523D">
-[...8 lines deleted...]
-              <w:t>روشهای آماری</w:t>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus" w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>توانائی دانشکده در آماده سازی دانشجویان برای کسب موفقیت تحصیلی و شغلی</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4457" w:type="dxa"/>
+            <w:tcW w:w="1012" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00740188" w:rsidRPr="00250E34" w:rsidRDefault="00250E34" w:rsidP="00250E34">
+          <w:p w:rsidR="00587263" w:rsidRDefault="00587263" w:rsidP="00587263">
             <w:pPr>
-              <w:bidi/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:cs="B Nazanin"/>
-[...113 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Titr"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="502" w:type="dxa"/>
+            <w:tcW w:w="666" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00740188" w:rsidRPr="00FD523D" w:rsidRDefault="00740188" w:rsidP="00740188">
+          <w:p w:rsidR="00587263" w:rsidRDefault="00587263" w:rsidP="00587263">
             <w:pPr>
-              <w:pStyle w:val="ListParagraph"/>
-[...8 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Titr"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="707" w:type="dxa"/>
+            <w:tcW w:w="753" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00740188" w:rsidRPr="00FD523D" w:rsidRDefault="00740188" w:rsidP="00740188">
+          <w:p w:rsidR="00587263" w:rsidRDefault="00587263" w:rsidP="00587263">
             <w:pPr>
-              <w:pStyle w:val="ListParagraph"/>
-[...8 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Titr"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1808" w:type="dxa"/>
+            <w:tcW w:w="560" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00740188" w:rsidRPr="00FD523D" w:rsidRDefault="00740188" w:rsidP="00740188">
+          <w:p w:rsidR="00587263" w:rsidRDefault="00587263" w:rsidP="00587263">
             <w:pPr>
-              <w:bidi/>
-[...26 lines deleted...]
-                <w:szCs w:val="28"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Titr"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4457" w:type="dxa"/>
+            <w:tcW w:w="978" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00740188" w:rsidRPr="002D6D90" w:rsidRDefault="00740188" w:rsidP="00740188">
+          <w:p w:rsidR="00587263" w:rsidRDefault="00587263" w:rsidP="00587263">
             <w:pPr>
-              <w:bidi/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:cs="B Nazanin"/>
-[...3 lines deleted...]
-                <w:lang w:bidi="fa-IR"/>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Titr"/>
+                <w:rtl/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...99 lines deleted...]
-              <w:t>ه است.</w:t>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CD4641" w:rsidTr="00CD4641">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5812" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00CD4641" w:rsidRPr="00CD4641" w:rsidRDefault="00CD4641" w:rsidP="00587263">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>میزان تناسب اهداف و برنامه های آموزشی فعلي گروه با نیازهای واقعي در شغل شما</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="461" w:type="dxa"/>
+            <w:tcW w:w="1012" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00740188" w:rsidRPr="00FD523D" w:rsidRDefault="00740188" w:rsidP="00740188">
+          <w:p w:rsidR="00CD4641" w:rsidRDefault="00CD4641" w:rsidP="00587263">
             <w:pPr>
-              <w:pStyle w:val="ListParagraph"/>
-[...8 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Titr"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="502" w:type="dxa"/>
+            <w:tcW w:w="666" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00740188" w:rsidRPr="00FD523D" w:rsidRDefault="00740188" w:rsidP="00740188">
+          <w:p w:rsidR="00CD4641" w:rsidRDefault="00CD4641" w:rsidP="00587263">
             <w:pPr>
-              <w:pStyle w:val="ListParagraph"/>
-[...8 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Titr"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="707" w:type="dxa"/>
+            <w:tcW w:w="753" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00740188" w:rsidRPr="00FD523D" w:rsidRDefault="00740188" w:rsidP="00740188">
+          <w:p w:rsidR="00CD4641" w:rsidRDefault="00CD4641" w:rsidP="00587263">
             <w:pPr>
-              <w:pStyle w:val="ListParagraph"/>
-[...8 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Titr"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1808" w:type="dxa"/>
+            <w:tcW w:w="560" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00740188" w:rsidRPr="00FD523D" w:rsidRDefault="00740188" w:rsidP="00740188">
+          <w:p w:rsidR="00CD4641" w:rsidRDefault="00CD4641" w:rsidP="00587263">
             <w:pPr>
-              <w:pStyle w:val="ListParagraph"/>
-[...27 lines deleted...]
-                <w:szCs w:val="28"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Titr"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4457" w:type="dxa"/>
+            <w:tcW w:w="978" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00740188" w:rsidRPr="002D6D90" w:rsidRDefault="00740188" w:rsidP="00DD3DEA">
+          <w:p w:rsidR="00CD4641" w:rsidRDefault="00CD4641" w:rsidP="00587263">
             <w:pPr>
-              <w:bidi/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:cs="B Nazanin"/>
-[...3 lines deleted...]
-                <w:lang w:bidi="fa-IR"/>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Titr"/>
+                <w:rtl/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...15 lines deleted...]
-                <w:lang w:bidi="fa-IR"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00587263" w:rsidTr="00CD4641">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5812" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00587263" w:rsidRPr="00CD4641" w:rsidRDefault="00587263" w:rsidP="00587263">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Titr"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus" w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>ارزیابی</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="000C4933">
-[...86 lines deleted...]
-              <w:t>ده است.</w:t>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus" w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>و</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus" w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>رضایت</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus" w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>شما</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus" w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>از</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus" w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>گروه</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus" w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>آموزشی</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> )</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus" w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>به طورکلی</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus"/>
+              </w:rPr>
+              <w:t>(</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="461" w:type="dxa"/>
+            <w:tcW w:w="1012" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00740188" w:rsidRPr="00FD523D" w:rsidRDefault="00740188" w:rsidP="00740188">
+          <w:p w:rsidR="00587263" w:rsidRDefault="00587263" w:rsidP="00587263">
             <w:pPr>
-              <w:pStyle w:val="ListParagraph"/>
-[...8 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Titr"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="502" w:type="dxa"/>
+            <w:tcW w:w="666" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00740188" w:rsidRPr="00FD523D" w:rsidRDefault="00740188" w:rsidP="00740188">
+          <w:p w:rsidR="00587263" w:rsidRDefault="00587263" w:rsidP="00587263">
             <w:pPr>
-              <w:pStyle w:val="ListParagraph"/>
-[...8 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Titr"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="707" w:type="dxa"/>
+            <w:tcW w:w="753" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00740188" w:rsidRPr="00FD523D" w:rsidRDefault="00740188" w:rsidP="00740188">
+          <w:p w:rsidR="00587263" w:rsidRDefault="00587263" w:rsidP="00587263">
             <w:pPr>
-              <w:pStyle w:val="ListParagraph"/>
-[...8 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Titr"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1808" w:type="dxa"/>
+            <w:tcW w:w="560" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00740188" w:rsidRPr="00FD523D" w:rsidRDefault="00740188" w:rsidP="00740188">
+          <w:p w:rsidR="00587263" w:rsidRDefault="00587263" w:rsidP="00587263">
             <w:pPr>
-              <w:pStyle w:val="ListParagraph"/>
-[...27 lines deleted...]
-                <w:szCs w:val="28"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Titr"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4457" w:type="dxa"/>
+            <w:tcW w:w="978" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00FD523D" w:rsidRPr="00FD523D" w:rsidRDefault="00FD523D" w:rsidP="00740188">
+          <w:p w:rsidR="00587263" w:rsidRDefault="00587263" w:rsidP="00587263">
             <w:pPr>
-              <w:bidi/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:cs="B Nazanin"/>
-[...3 lines deleted...]
-                <w:lang w:bidi="fa-IR"/>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Titr"/>
+                <w:rtl/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...15 lines deleted...]
-                <w:lang w:bidi="fa-IR"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00587263" w:rsidTr="00CD4641">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5812" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00587263" w:rsidRPr="00CD4641" w:rsidRDefault="00587263" w:rsidP="00587263">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Titr"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus" w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>ارزیابی</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00FD523D">
-[...36 lines deleted...]
-              <w:t>شده است.</w:t>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus" w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>کلی</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus" w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>شما</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus" w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>از</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus" w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>نحوه</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus" w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>مدیریت</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4641">
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Lotus" w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>دانشکده</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="461" w:type="dxa"/>
+            <w:tcW w:w="1012" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00FD523D" w:rsidRPr="00FD523D" w:rsidRDefault="00FD523D" w:rsidP="0089307F">
+          <w:p w:rsidR="00587263" w:rsidRDefault="00587263" w:rsidP="00587263">
             <w:pPr>
-              <w:pStyle w:val="ListParagraph"/>
-[...8 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Titr"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="502" w:type="dxa"/>
+            <w:tcW w:w="666" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00FD523D" w:rsidRPr="00FD523D" w:rsidRDefault="00FD523D" w:rsidP="0089307F">
+          <w:p w:rsidR="00587263" w:rsidRDefault="00587263" w:rsidP="00587263">
             <w:pPr>
-              <w:pStyle w:val="ListParagraph"/>
-[...8 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Titr"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="707" w:type="dxa"/>
+            <w:tcW w:w="753" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00FD523D" w:rsidRPr="00FD523D" w:rsidRDefault="00FD523D" w:rsidP="0089307F">
+          <w:p w:rsidR="00587263" w:rsidRDefault="00587263" w:rsidP="00587263">
             <w:pPr>
-              <w:pStyle w:val="ListParagraph"/>
-[...8 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Titr"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1808" w:type="dxa"/>
+            <w:tcW w:w="560" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00FD523D" w:rsidRPr="00FD523D" w:rsidRDefault="00FD523D" w:rsidP="00FD523D">
+          <w:p w:rsidR="00587263" w:rsidRDefault="00587263" w:rsidP="00587263">
             <w:pPr>
-              <w:pStyle w:val="ListParagraph"/>
-[...30 lines deleted...]
-                <w:szCs w:val="28"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Titr"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4457" w:type="dxa"/>
+            <w:tcW w:w="978" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00FD523D" w:rsidRPr="00FD523D" w:rsidRDefault="00FD523D" w:rsidP="00740188">
+          <w:p w:rsidR="00587263" w:rsidRDefault="00587263" w:rsidP="00587263">
             <w:pPr>
-              <w:bidi/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:cs="B Nazanin"/>
-[...1852 lines deleted...]
-                <w:lang w:bidi="fa-IR"/>
+                <w:rFonts w:ascii="B Lotus" w:cs="B Titr"/>
+                <w:rtl/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00BE6ED0" w:rsidRPr="00FD523D" w:rsidRDefault="00BE6ED0" w:rsidP="007A488B">
+    <w:p w:rsidR="00E6769C" w:rsidRDefault="00E6769C" w:rsidP="00C54A57">
       <w:pPr>
-        <w:bidi/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="B Lotus" w:cs="B Titr"/>
+          <w:rtl/>
+        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="00BE6ED0" w:rsidRPr="00FD523D" w:rsidSect="00BE6ED0">
-[...2 lines deleted...]
-      <w:cols w:space="720"/>
+    <w:sectPr w:rsidR="00E6769C" w:rsidSect="0021791A">
+      <w:pgSz w:w="11906" w:h="16838"/>
+      <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:cols w:space="708"/>
+      <w:bidi/>
+      <w:rtlGutter/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
-<file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-[...23 lines deleted...]
-
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-  </w:font>
-[...19 lines deleted...]
-    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Tahoma">
-    <w:panose1 w:val="020B0604030504040204"/>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Sakkal Majalla">
-[...1 lines deleted...]
-    <w:charset w:val="00"/>
+  <w:font w:name="B Nazanin">
+    <w:panose1 w:val="00000400000000000000"/>
+    <w:charset w:val="B2"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="A000207F" w:usb1="C000204B" w:usb2="00000008" w:usb3="00000000" w:csb0="000000D3" w:csb1="00000000"/>
+    <w:sig w:usb0="00002001" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Cambria">
-    <w:panose1 w:val="02040503050406030204"/>
+  <w:font w:name="B Lotus,Bold">
+    <w:altName w:val="Times New Roman"/>
+    <w:panose1 w:val="00000000000000000000"/>
+    <w:charset w:val="B2"/>
+    <w:family w:val="auto"/>
+    <w:notTrueType/>
+    <w:pitch w:val="default"/>
+    <w:sig w:usb0="00002000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="B Titr">
+    <w:panose1 w:val="00000700000000000000"/>
+    <w:charset w:val="B2"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00002001" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="B Lotus">
+    <w:panose1 w:val="00000400000000000000"/>
+    <w:charset w:val="B2"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00002001" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="B Mitra">
+    <w:panose1 w:val="00000400000000000000"/>
+    <w:charset w:val="B2"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00002001" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Sakkal Majalla,Bold">
+    <w:altName w:val="Times New Roman"/>
+    <w:panose1 w:val="00000000000000000000"/>
+    <w:charset w:val="B2"/>
+    <w:family w:val="auto"/>
+    <w:notTrueType/>
+    <w:pitch w:val="default"/>
+    <w:sig w:usb0="00002000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri Light">
+    <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
-    <w:family w:val="roman"/>
+    <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="A00002EF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
-</file>
-[...23 lines deleted...]
-</w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:abstractNum w:abstractNumId="0">
-    <w:nsid w:val="06226AF7"/>
+    <w:nsid w:val="043A4578"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="CB3C4ABE"/>
-[...889 lines deleted...]
-    <w:tmpl w:val="928ECCE0"/>
+    <w:tmpl w:val="BF6664D2"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
@@ -12996,782 +8419,435 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11">
-[...3 lines deleted...]
-    <w:lvl w:ilvl="0" w:tplc="04090001">
+  <w:abstractNum w:abstractNumId="1">
+    <w:nsid w:val="406B174F"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="DD348CD6"/>
+    <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2">
+    <w:nsid w:val="5D4A3BE3"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="6B3EB62E"/>
+    <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2880" w:hanging="360"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3600" w:hanging="360"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4320" w:hanging="360"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
-[...23 lines deleted...]
-    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6480" w:hanging="360"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
-  </w:abstractNum>
-[...295 lines deleted...]
-    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2520" w:hanging="360"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
-[...23 lines deleted...]
-    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4680" w:hanging="360"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
-[...23 lines deleted...]
-    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6840" w:hanging="360"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="16">
-[...87 lines deleted...]
-  </w:abstractNum>
   <w:num w:numId="1">
-    <w:abstractNumId w:val="7"/>
+    <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="2">
-    <w:abstractNumId w:val="15"/>
+    <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="3">
-    <w:abstractNumId w:val="6"/>
-[...22 lines deleted...]
-  <w:num w:numId="11">
     <w:abstractNumId w:val="2"/>
-  </w:num>
-[...16 lines deleted...]
-    <w:abstractNumId w:val="4"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
   <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:footnotePr>
-[...6 lines deleted...]
-  </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="007A488B"/>
-[...31 lines deleted...]
-    <w:rsid w:val="00FD523D"/>
+    <w:rsidRoot w:val="00D8710C"/>
+    <w:rsid w:val="00037097"/>
+    <w:rsid w:val="001538C3"/>
+    <w:rsid w:val="0021791A"/>
+    <w:rsid w:val="00224464"/>
+    <w:rsid w:val="002F2A6E"/>
+    <w:rsid w:val="00587263"/>
+    <w:rsid w:val="005F7036"/>
+    <w:rsid w:val="006471B6"/>
+    <w:rsid w:val="0066057B"/>
+    <w:rsid w:val="00922544"/>
+    <w:rsid w:val="00A56EA9"/>
+    <w:rsid w:val="00C54A57"/>
+    <w:rsid w:val="00CD4641"/>
+    <w:rsid w:val="00CD4713"/>
+    <w:rsid w:val="00D8710C"/>
+    <w:rsid w:val="00E6769C"/>
+    <w:rsid w:val="00F40C79"/>
+    <w:rsid w:val="00F844F8"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="en-US" w:bidi="ar-SA"/>
+  <w:themeFontLang w:val="en-US" w:bidi="fa-IR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
-  <w15:docId w15:val="{F8C51BC8-CD74-4EA0-B110-26B964ECA0BC}"/>
+  <w15:docId w15:val="{34DFA4A4-05FC-4178-A235-AFA6A74C07A1}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
-        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="fa-IR"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
-        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -13886,51 +8962,51 @@
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
@@ -14107,478 +9183,8600 @@
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="007A488B"/>
+    <w:rsid w:val="00037097"/>
+    <w:pPr>
+      <w:bidi/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading2">
+    <w:name w:val="heading 2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="Heading2Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:rsid w:val="006471B6"/>
+    <w:pPr>
+      <w:bidi w:val="0"/>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+      <w:outlineLvl w:val="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="36"/>
+      <w:szCs w:val="36"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
+    <w:name w:val="Heading 2 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading2"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="006471B6"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="36"/>
+      <w:szCs w:val="36"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="NormalWeb">
+    <w:name w:val="Normal (Web)"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="006471B6"/>
+    <w:pPr>
+      <w:bidi w:val="0"/>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="required">
+    <w:name w:val="required"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:rsid w:val="006471B6"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListParagraph">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="006471B6"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
   <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="TableNormal"/>
-    <w:uiPriority w:val="59"/>
-    <w:rsid w:val="007A488B"/>
+    <w:uiPriority w:val="39"/>
+    <w:rsid w:val="00E6769C"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="ListParagraph">
-    <w:name w:val="List Paragraph"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ng-scope">
+    <w:name w:val="ng-scope"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:rsid w:val="00A56EA9"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="capcover">
+    <w:name w:val="cap_cover"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:rsid w:val="00A56EA9"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="cap1">
+    <w:name w:val="cap1"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:rsid w:val="00A56EA9"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="cap2">
+    <w:name w:val="cap2"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:rsid w:val="00A56EA9"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="inputcover">
+    <w:name w:val="input_cover"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:rsid w:val="00A56EA9"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="boxcover">
+    <w:name w:val="box_cover"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:rsid w:val="00A56EA9"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="show1">
+    <w:name w:val="show_1"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:rsid w:val="00A56EA9"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="z-TopofForm">
+    <w:name w:val="HTML Top of Form"/>
     <w:basedOn w:val="Normal"/>
-    <w:uiPriority w:val="34"/>
-[...1 lines deleted...]
-    <w:rsid w:val="007A488B"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="z-TopofFormChar"/>
+    <w:hidden/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00037097"/>
     <w:pPr>
-      <w:ind w:left="720"/>
-      <w:contextualSpacing/>
+      <w:pBdr>
+        <w:bottom w:val="single" w:sz="6" w:space="1" w:color="auto"/>
+      </w:pBdr>
+      <w:spacing w:after="0"/>
+      <w:jc w:val="center"/>
     </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:vanish/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Header">
-    <w:name w:val="header"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="z-TopofFormChar">
+    <w:name w:val="z-Top of Form Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="z-TopofForm"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00037097"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:vanish/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="z-BottomofForm">
+    <w:name w:val="HTML Bottom of Form"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="HeaderChar"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="z-BottomofFormChar"/>
+    <w:hidden/>
     <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00FD523D"/>
+    <w:rsid w:val="00037097"/>
     <w:pPr>
-      <w:tabs>
-[...3 lines deleted...]
-      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:pBdr>
+        <w:top w:val="single" w:sz="6" w:space="1" w:color="auto"/>
+      </w:pBdr>
+      <w:spacing w:after="0"/>
+      <w:jc w:val="center"/>
     </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:vanish/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
-    <w:name w:val="Header Char"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="z-BottomofFormChar">
+    <w:name w:val="z-Bottom of Form Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
-    <w:link w:val="Header"/>
+    <w:link w:val="z-BottomofForm"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00FD523D"/>
-[...21 lines deleted...]
-    <w:rsid w:val="00FD523D"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00037097"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:vanish/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+  <w:divs>
+    <w:div w:id="1093477905">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="802163094">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="240"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="dotted" w:sz="6" w:space="0" w:color="CCCCCC"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1271551205">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="60"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1762751997">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="60"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="510145651">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="60"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="988242556">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="60"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1169783562">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="60"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1636835745">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="60"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="840851440">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="60"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="365914804">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="60"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="780303592">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="60"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1924796255">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="60"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="1126392472">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="1105006565">
+          <w:marLeft w:val="120"/>
+          <w:marRight w:val="120"/>
+          <w:marTop w:val="150"/>
+          <w:marBottom w:val="150"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1246643685">
+          <w:marLeft w:val="120"/>
+          <w:marRight w:val="120"/>
+          <w:marTop w:val="300"/>
+          <w:marBottom w:val="300"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1403143527">
+          <w:marLeft w:val="120"/>
+          <w:marRight w:val="120"/>
+          <w:marTop w:val="100"/>
+          <w:marBottom w:val="100"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1502353151">
+              <w:marLeft w:val="303"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="1840584845">
+                  <w:marLeft w:val="375"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="75"/>
+                  <w:marBottom w:val="75"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+            <w:div w:id="383483268">
+              <w:marLeft w:val="303"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="1265723787">
+                  <w:marLeft w:val="375"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="75"/>
+                  <w:marBottom w:val="75"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1360886461">
+          <w:marLeft w:val="120"/>
+          <w:marRight w:val="120"/>
+          <w:marTop w:val="100"/>
+          <w:marBottom w:val="100"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1333872147">
+              <w:marLeft w:val="303"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="636106508">
+                  <w:marLeft w:val="375"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="75"/>
+                  <w:marBottom w:val="75"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+            <w:div w:id="1751349110">
+              <w:marLeft w:val="303"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="1626156581">
+                  <w:marLeft w:val="375"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="75"/>
+                  <w:marBottom w:val="75"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+            <w:div w:id="1120496344">
+              <w:marLeft w:val="303"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="579684078">
+                  <w:marLeft w:val="375"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="75"/>
+                  <w:marBottom w:val="75"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+            <w:div w:id="121386152">
+              <w:marLeft w:val="303"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="331419492">
+                  <w:marLeft w:val="375"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="75"/>
+                  <w:marBottom w:val="75"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+            <w:div w:id="510876111">
+              <w:marLeft w:val="303"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="680276876">
+                  <w:marLeft w:val="375"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="75"/>
+                  <w:marBottom w:val="75"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+            <w:div w:id="700666293">
+              <w:marLeft w:val="303"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="71785026">
+                  <w:marLeft w:val="375"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="75"/>
+                  <w:marBottom w:val="75"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+            <w:div w:id="1273592132">
+              <w:marLeft w:val="303"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="971910232">
+                  <w:marLeft w:val="375"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="75"/>
+                  <w:marBottom w:val="75"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="513804141">
+          <w:marLeft w:val="120"/>
+          <w:marRight w:val="120"/>
+          <w:marTop w:val="100"/>
+          <w:marBottom w:val="100"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="655885562">
+              <w:marLeft w:val="303"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="1611207285">
+                  <w:marLeft w:val="375"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="75"/>
+                  <w:marBottom w:val="75"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+            <w:div w:id="1148984636">
+              <w:marLeft w:val="303"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="2126996022">
+                  <w:marLeft w:val="375"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="75"/>
+                  <w:marBottom w:val="75"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+            <w:div w:id="1532375086">
+              <w:marLeft w:val="303"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="247692199">
+                  <w:marLeft w:val="375"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="75"/>
+                  <w:marBottom w:val="75"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+            <w:div w:id="1945839713">
+              <w:marLeft w:val="303"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="1738748207">
+                  <w:marLeft w:val="375"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="75"/>
+                  <w:marBottom w:val="75"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1626808182">
+          <w:marLeft w:val="120"/>
+          <w:marRight w:val="120"/>
+          <w:marTop w:val="100"/>
+          <w:marBottom w:val="100"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="290327922">
+              <w:marLeft w:val="303"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="1490949212">
+                  <w:marLeft w:val="375"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="75"/>
+                  <w:marBottom w:val="75"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+            <w:div w:id="1146555632">
+              <w:marLeft w:val="303"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="1475680897">
+                  <w:marLeft w:val="375"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="75"/>
+                  <w:marBottom w:val="75"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+            <w:div w:id="1585872405">
+              <w:marLeft w:val="303"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="1380474902">
+                  <w:marLeft w:val="375"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="75"/>
+                  <w:marBottom w:val="75"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+            <w:div w:id="225459727">
+              <w:marLeft w:val="303"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="652300551">
+                  <w:marLeft w:val="375"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="75"/>
+                  <w:marBottom w:val="75"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="2110663368">
+          <w:marLeft w:val="120"/>
+          <w:marRight w:val="120"/>
+          <w:marTop w:val="100"/>
+          <w:marBottom w:val="100"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="603264715">
+              <w:marLeft w:val="303"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="1961379606">
+                  <w:marLeft w:val="375"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="75"/>
+                  <w:marBottom w:val="75"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+            <w:div w:id="2100440292">
+              <w:marLeft w:val="303"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="37970023">
+                  <w:marLeft w:val="375"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="75"/>
+                  <w:marBottom w:val="75"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+            <w:div w:id="554777419">
+              <w:marLeft w:val="303"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="1015886495">
+                  <w:marLeft w:val="375"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="75"/>
+                  <w:marBottom w:val="75"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+            <w:div w:id="1475639712">
+              <w:marLeft w:val="303"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="904608371">
+                  <w:marLeft w:val="375"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="75"/>
+                  <w:marBottom w:val="75"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+            <w:div w:id="754859682">
+              <w:marLeft w:val="303"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="248656877">
+                  <w:marLeft w:val="375"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="75"/>
+                  <w:marBottom w:val="75"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+            <w:div w:id="890919378">
+              <w:marLeft w:val="303"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="1740204471">
+                  <w:marLeft w:val="375"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="75"/>
+                  <w:marBottom w:val="75"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1218470870">
+          <w:marLeft w:val="120"/>
+          <w:marRight w:val="120"/>
+          <w:marTop w:val="100"/>
+          <w:marBottom w:val="100"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="910575852">
+          <w:marLeft w:val="120"/>
+          <w:marRight w:val="120"/>
+          <w:marTop w:val="100"/>
+          <w:marBottom w:val="100"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1425296749">
+          <w:marLeft w:val="120"/>
+          <w:marRight w:val="120"/>
+          <w:marTop w:val="100"/>
+          <w:marBottom w:val="100"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="2014719768">
+              <w:marLeft w:val="303"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="613945068">
+                  <w:marLeft w:val="375"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="75"/>
+                  <w:marBottom w:val="75"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+            <w:div w:id="2129816229">
+              <w:marLeft w:val="303"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="1000543447">
+                  <w:marLeft w:val="375"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="75"/>
+                  <w:marBottom w:val="75"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1608149979">
+          <w:marLeft w:val="120"/>
+          <w:marRight w:val="120"/>
+          <w:marTop w:val="300"/>
+          <w:marBottom w:val="300"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1857846385">
+          <w:marLeft w:val="120"/>
+          <w:marRight w:val="120"/>
+          <w:marTop w:val="100"/>
+          <w:marBottom w:val="100"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1573858131">
+              <w:marLeft w:val="303"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="1334141561">
+                  <w:marLeft w:val="375"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="75"/>
+                  <w:marBottom w:val="75"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+            <w:div w:id="620233264">
+              <w:marLeft w:val="303"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="583999494">
+                  <w:marLeft w:val="375"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="75"/>
+                  <w:marBottom w:val="75"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+            <w:div w:id="1929843384">
+              <w:marLeft w:val="303"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="2007777988">
+                  <w:marLeft w:val="375"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="75"/>
+                  <w:marBottom w:val="75"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+            <w:div w:id="1866212637">
+              <w:marLeft w:val="303"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="744760983">
+                  <w:marLeft w:val="375"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="75"/>
+                  <w:marBottom w:val="75"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+            <w:div w:id="1206412378">
+              <w:marLeft w:val="303"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="1290092630">
+                  <w:marLeft w:val="375"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="75"/>
+                  <w:marBottom w:val="75"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="985358502">
+          <w:marLeft w:val="120"/>
+          <w:marRight w:val="120"/>
+          <w:marTop w:val="100"/>
+          <w:marBottom w:val="100"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1974366555">
+              <w:marLeft w:val="303"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="942108389">
+                  <w:marLeft w:val="375"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="75"/>
+                  <w:marBottom w:val="75"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+            <w:div w:id="805465892">
+              <w:marLeft w:val="303"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="1396589190">
+                  <w:marLeft w:val="375"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="75"/>
+                  <w:marBottom w:val="75"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+            <w:div w:id="1115177541">
+              <w:marLeft w:val="303"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="1724253923">
+                  <w:marLeft w:val="375"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="75"/>
+                  <w:marBottom w:val="75"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+            <w:div w:id="354769657">
+              <w:marLeft w:val="303"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="1569268832">
+                  <w:marLeft w:val="375"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="75"/>
+                  <w:marBottom w:val="75"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+            <w:div w:id="1908035584">
+              <w:marLeft w:val="303"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="585961322">
+                  <w:marLeft w:val="375"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="75"/>
+                  <w:marBottom w:val="75"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="69351392">
+          <w:marLeft w:val="120"/>
+          <w:marRight w:val="120"/>
+          <w:marTop w:val="100"/>
+          <w:marBottom w:val="100"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="667827562">
+              <w:marLeft w:val="303"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="1637711508">
+                  <w:marLeft w:val="375"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="75"/>
+                  <w:marBottom w:val="75"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+            <w:div w:id="242419310">
+              <w:marLeft w:val="303"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="368648942">
+                  <w:marLeft w:val="375"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="75"/>
+                  <w:marBottom w:val="75"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+            <w:div w:id="643850550">
+              <w:marLeft w:val="303"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="986324615">
+                  <w:marLeft w:val="375"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="75"/>
+                  <w:marBottom w:val="75"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+            <w:div w:id="379747386">
+              <w:marLeft w:val="303"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="1753820514">
+                  <w:marLeft w:val="375"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="75"/>
+                  <w:marBottom w:val="75"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+            <w:div w:id="845747418">
+              <w:marLeft w:val="303"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="1610893048">
+                  <w:marLeft w:val="375"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="75"/>
+                  <w:marBottom w:val="75"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="2025663237">
+          <w:marLeft w:val="120"/>
+          <w:marRight w:val="120"/>
+          <w:marTop w:val="100"/>
+          <w:marBottom w:val="100"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="598298175">
+              <w:marLeft w:val="303"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="937756630">
+                  <w:marLeft w:val="375"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="75"/>
+                  <w:marBottom w:val="75"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+            <w:div w:id="297800692">
+              <w:marLeft w:val="303"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="1921065149">
+                  <w:marLeft w:val="375"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="75"/>
+                  <w:marBottom w:val="75"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+            <w:div w:id="447238334">
+              <w:marLeft w:val="303"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="253705014">
+                  <w:marLeft w:val="375"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="75"/>
+                  <w:marBottom w:val="75"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+            <w:div w:id="1213998010">
+              <w:marLeft w:val="303"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="930159820">
+                  <w:marLeft w:val="375"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="75"/>
+                  <w:marBottom w:val="75"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+            <w:div w:id="98188602">
+              <w:marLeft w:val="303"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="396516315">
+                  <w:marLeft w:val="375"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="75"/>
+                  <w:marBottom w:val="75"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="727192982">
+          <w:marLeft w:val="120"/>
+          <w:marRight w:val="120"/>
+          <w:marTop w:val="100"/>
+          <w:marBottom w:val="100"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="489713328">
+              <w:marLeft w:val="303"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="1784099">
+                  <w:marLeft w:val="375"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="75"/>
+                  <w:marBottom w:val="75"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+            <w:div w:id="1259756124">
+              <w:marLeft w:val="303"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="1838038689">
+                  <w:marLeft w:val="375"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="75"/>
+                  <w:marBottom w:val="75"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+            <w:div w:id="944461806">
+              <w:marLeft w:val="303"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="651522321">
+                  <w:marLeft w:val="375"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="75"/>
+                  <w:marBottom w:val="75"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+            <w:div w:id="459110453">
+              <w:marLeft w:val="303"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="1663504980">
+                  <w:marLeft w:val="375"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="75"/>
+                  <w:marBottom w:val="75"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+            <w:div w:id="2101179241">
+              <w:marLeft w:val="303"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="755052988">
+                  <w:marLeft w:val="375"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="75"/>
+                  <w:marBottom w:val="75"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="723866346">
+          <w:marLeft w:val="120"/>
+          <w:marRight w:val="120"/>
+          <w:marTop w:val="300"/>
+          <w:marBottom w:val="300"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1555510653">
+          <w:marLeft w:val="120"/>
+          <w:marRight w:val="120"/>
+          <w:marTop w:val="100"/>
+          <w:marBottom w:val="100"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="486634377">
+              <w:marLeft w:val="148"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="50929370">
+                  <w:marLeft w:val="375"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="75"/>
+                  <w:marBottom w:val="75"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+            <w:div w:id="433982617">
+              <w:marLeft w:val="148"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="1814829168">
+                  <w:marLeft w:val="375"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="75"/>
+                  <w:marBottom w:val="75"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+            <w:div w:id="768280989">
+              <w:marLeft w:val="148"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="1391853943">
+                  <w:marLeft w:val="375"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="75"/>
+                  <w:marBottom w:val="75"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1070349800">
+          <w:marLeft w:val="120"/>
+          <w:marRight w:val="120"/>
+          <w:marTop w:val="100"/>
+          <w:marBottom w:val="100"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="125248303">
+              <w:marLeft w:val="303"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="377820969">
+                  <w:marLeft w:val="375"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="75"/>
+                  <w:marBottom w:val="75"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+            <w:div w:id="1038160608">
+              <w:marLeft w:val="303"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="1389382523">
+                  <w:marLeft w:val="375"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="75"/>
+                  <w:marBottom w:val="75"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+            <w:div w:id="612591725">
+              <w:marLeft w:val="303"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="906767277">
+                  <w:marLeft w:val="375"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="75"/>
+                  <w:marBottom w:val="75"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+            <w:div w:id="361248365">
+              <w:marLeft w:val="303"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="1272736616">
+                  <w:marLeft w:val="375"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="75"/>
+                  <w:marBottom w:val="75"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+            <w:div w:id="1882276997">
+              <w:marLeft w:val="303"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="334115399">
+                  <w:marLeft w:val="375"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="75"/>
+                  <w:marBottom w:val="75"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+            <w:div w:id="673218127">
+              <w:marLeft w:val="303"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="949703350">
+                  <w:marLeft w:val="375"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="75"/>
+                  <w:marBottom w:val="75"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1663581813">
+          <w:marLeft w:val="120"/>
+          <w:marRight w:val="120"/>
+          <w:marTop w:val="100"/>
+          <w:marBottom w:val="100"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="4283758">
+              <w:marLeft w:val="303"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="1968465367">
+                  <w:marLeft w:val="375"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="75"/>
+                  <w:marBottom w:val="75"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+            <w:div w:id="1144396341">
+              <w:marLeft w:val="303"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="1557887930">
+                  <w:marLeft w:val="375"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="75"/>
+                  <w:marBottom w:val="75"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+            <w:div w:id="1836452858">
+              <w:marLeft w:val="303"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="96564418">
+                  <w:marLeft w:val="375"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="75"/>
+                  <w:marBottom w:val="75"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+            <w:div w:id="1986161268">
+              <w:marLeft w:val="303"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="153495027">
+                  <w:marLeft w:val="375"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="75"/>
+                  <w:marBottom w:val="75"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+            <w:div w:id="674039691">
+              <w:marLeft w:val="303"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="139924419">
+                  <w:marLeft w:val="375"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="75"/>
+                  <w:marBottom w:val="75"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="820734560">
+          <w:marLeft w:val="120"/>
+          <w:marRight w:val="120"/>
+          <w:marTop w:val="100"/>
+          <w:marBottom w:val="100"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1394691686">
+              <w:marLeft w:val="148"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="574165536">
+                  <w:marLeft w:val="375"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="75"/>
+                  <w:marBottom w:val="75"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+            <w:div w:id="1488671772">
+              <w:marLeft w:val="148"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="1203594039">
+                  <w:marLeft w:val="375"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="75"/>
+                  <w:marBottom w:val="75"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+            <w:div w:id="1060404578">
+              <w:marLeft w:val="148"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="1466390305">
+                  <w:marLeft w:val="375"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="75"/>
+                  <w:marBottom w:val="75"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+            <w:div w:id="1345521724">
+              <w:marLeft w:val="148"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="1253470645">
+                  <w:marLeft w:val="375"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="75"/>
+                  <w:marBottom w:val="75"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+            <w:div w:id="2054881828">
+              <w:marLeft w:val="148"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="1695037844">
+                  <w:marLeft w:val="375"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="75"/>
+                  <w:marBottom w:val="75"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1254557638">
+          <w:marLeft w:val="120"/>
+          <w:marRight w:val="120"/>
+          <w:marTop w:val="100"/>
+          <w:marBottom w:val="100"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1663509509">
+              <w:marLeft w:val="303"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="135345375">
+                  <w:marLeft w:val="375"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="75"/>
+                  <w:marBottom w:val="75"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+            <w:div w:id="229006293">
+              <w:marLeft w:val="303"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="1810509627">
+                  <w:marLeft w:val="375"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="75"/>
+                  <w:marBottom w:val="75"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+            <w:div w:id="2129661601">
+              <w:marLeft w:val="303"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="685517934">
+                  <w:marLeft w:val="375"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="75"/>
+                  <w:marBottom w:val="75"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+            <w:div w:id="810098834">
+              <w:marLeft w:val="303"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="1082097617">
+                  <w:marLeft w:val="375"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="75"/>
+                  <w:marBottom w:val="75"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+            <w:div w:id="270205223">
+              <w:marLeft w:val="303"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="465657796">
+                  <w:marLeft w:val="375"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="75"/>
+                  <w:marBottom w:val="75"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+            <w:div w:id="210769937">
+              <w:marLeft w:val="303"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="780417745">
+                  <w:marLeft w:val="375"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="75"/>
+                  <w:marBottom w:val="75"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1825272817">
+          <w:marLeft w:val="120"/>
+          <w:marRight w:val="120"/>
+          <w:marTop w:val="100"/>
+          <w:marBottom w:val="100"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="232548769">
+              <w:marLeft w:val="303"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="1156264066">
+                  <w:marLeft w:val="375"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="75"/>
+                  <w:marBottom w:val="75"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+            <w:div w:id="1616332683">
+              <w:marLeft w:val="303"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="2019624322">
+                  <w:marLeft w:val="375"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="75"/>
+                  <w:marBottom w:val="75"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+            <w:div w:id="549340532">
+              <w:marLeft w:val="303"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="963733539">
+                  <w:marLeft w:val="375"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="75"/>
+                  <w:marBottom w:val="75"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+            <w:div w:id="382560684">
+              <w:marLeft w:val="303"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="586694591">
+                  <w:marLeft w:val="375"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="75"/>
+                  <w:marBottom w:val="75"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+            <w:div w:id="1480611275">
+              <w:marLeft w:val="303"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="104808348">
+                  <w:marLeft w:val="375"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="75"/>
+                  <w:marBottom w:val="75"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1404330077">
+          <w:marLeft w:val="120"/>
+          <w:marRight w:val="120"/>
+          <w:marTop w:val="100"/>
+          <w:marBottom w:val="100"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1141533790">
+              <w:marLeft w:val="303"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="60103610">
+                  <w:marLeft w:val="375"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="75"/>
+                  <w:marBottom w:val="75"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+            <w:div w:id="1109666671">
+              <w:marLeft w:val="303"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="1735275332">
+                  <w:marLeft w:val="375"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="75"/>
+                  <w:marBottom w:val="75"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+            <w:div w:id="799153068">
+              <w:marLeft w:val="303"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="1342320057">
+                  <w:marLeft w:val="375"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="75"/>
+                  <w:marBottom w:val="75"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+            <w:div w:id="839732543">
+              <w:marLeft w:val="303"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="549389177">
+                  <w:marLeft w:val="375"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="75"/>
+                  <w:marBottom w:val="75"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+            <w:div w:id="298733652">
+              <w:marLeft w:val="303"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="307444273">
+                  <w:marLeft w:val="375"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="75"/>
+                  <w:marBottom w:val="75"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="72825479">
+          <w:marLeft w:val="120"/>
+          <w:marRight w:val="120"/>
+          <w:marTop w:val="100"/>
+          <w:marBottom w:val="100"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1807162202">
+              <w:marLeft w:val="303"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="1811943111">
+                  <w:marLeft w:val="375"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="75"/>
+                  <w:marBottom w:val="75"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+            <w:div w:id="1871607346">
+              <w:marLeft w:val="303"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="1744376055">
+                  <w:marLeft w:val="375"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="75"/>
+                  <w:marBottom w:val="75"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+            <w:div w:id="1148546660">
+              <w:marLeft w:val="303"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="310326844">
+                  <w:marLeft w:val="375"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="75"/>
+                  <w:marBottom w:val="75"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+            <w:div w:id="42338991">
+              <w:marLeft w:val="303"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="766773716">
+                  <w:marLeft w:val="375"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="75"/>
+                  <w:marBottom w:val="75"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+            <w:div w:id="2133596589">
+              <w:marLeft w:val="303"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="1495805822">
+                  <w:marLeft w:val="375"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="75"/>
+                  <w:marBottom w:val="75"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+            <w:div w:id="1934242241">
+              <w:marLeft w:val="303"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="316034567">
+                  <w:marLeft w:val="375"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="75"/>
+                  <w:marBottom w:val="75"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+            <w:div w:id="884954001">
+              <w:marLeft w:val="303"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="1400513760">
+                  <w:marLeft w:val="375"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="75"/>
+                  <w:marBottom w:val="75"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="540636086">
+          <w:marLeft w:val="120"/>
+          <w:marRight w:val="120"/>
+          <w:marTop w:val="100"/>
+          <w:marBottom w:val="100"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1103691828">
+              <w:marLeft w:val="303"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="1826235770">
+                  <w:marLeft w:val="375"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="75"/>
+                  <w:marBottom w:val="75"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+            <w:div w:id="231278475">
+              <w:marLeft w:val="303"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="1419399474">
+                  <w:marLeft w:val="375"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="75"/>
+                  <w:marBottom w:val="75"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+            <w:div w:id="1365791622">
+              <w:marLeft w:val="303"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="1871146454">
+                  <w:marLeft w:val="375"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="75"/>
+                  <w:marBottom w:val="75"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+            <w:div w:id="1234923881">
+              <w:marLeft w:val="303"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="1656761185">
+                  <w:marLeft w:val="375"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="75"/>
+                  <w:marBottom w:val="75"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+            <w:div w:id="229466346">
+              <w:marLeft w:val="303"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="1691487533">
+                  <w:marLeft w:val="375"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="75"/>
+                  <w:marBottom w:val="75"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1495877982">
+          <w:marLeft w:val="120"/>
+          <w:marRight w:val="120"/>
+          <w:marTop w:val="100"/>
+          <w:marBottom w:val="100"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1728265664">
+              <w:marLeft w:val="148"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="887881847">
+                  <w:marLeft w:val="375"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="75"/>
+                  <w:marBottom w:val="75"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+            <w:div w:id="435907018">
+              <w:marLeft w:val="148"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="124541539">
+                  <w:marLeft w:val="375"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="75"/>
+                  <w:marBottom w:val="75"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+            <w:div w:id="443887549">
+              <w:marLeft w:val="148"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="448545557">
+                  <w:marLeft w:val="375"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="75"/>
+                  <w:marBottom w:val="75"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+            <w:div w:id="304244953">
+              <w:marLeft w:val="148"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="1999847516">
+                  <w:marLeft w:val="375"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="75"/>
+                  <w:marBottom w:val="75"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+            <w:div w:id="1451971986">
+              <w:marLeft w:val="148"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="1875535791">
+                  <w:marLeft w:val="375"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="75"/>
+                  <w:marBottom w:val="75"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="816382003">
+          <w:marLeft w:val="120"/>
+          <w:marRight w:val="120"/>
+          <w:marTop w:val="300"/>
+          <w:marBottom w:val="300"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="152531463">
+          <w:marLeft w:val="120"/>
+          <w:marRight w:val="120"/>
+          <w:marTop w:val="100"/>
+          <w:marBottom w:val="100"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1766531086">
+              <w:marLeft w:val="303"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="780684419">
+                  <w:marLeft w:val="375"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="75"/>
+                  <w:marBottom w:val="75"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+            <w:div w:id="1927305928">
+              <w:marLeft w:val="303"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="1174077840">
+                  <w:marLeft w:val="375"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="75"/>
+                  <w:marBottom w:val="75"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+            <w:div w:id="810829970">
+              <w:marLeft w:val="303"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="1592198065">
+                  <w:marLeft w:val="375"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="75"/>
+                  <w:marBottom w:val="75"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+            <w:div w:id="1316881562">
+              <w:marLeft w:val="303"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="800075935">
+                  <w:marLeft w:val="375"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="75"/>
+                  <w:marBottom w:val="75"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+            <w:div w:id="1216047502">
+              <w:marLeft w:val="303"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="157117916">
+                  <w:marLeft w:val="375"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="75"/>
+                  <w:marBottom w:val="75"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="2092000002">
+          <w:marLeft w:val="120"/>
+          <w:marRight w:val="120"/>
+          <w:marTop w:val="100"/>
+          <w:marBottom w:val="100"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="270866697">
+              <w:marLeft w:val="303"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="613706073">
+                  <w:marLeft w:val="375"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="75"/>
+                  <w:marBottom w:val="75"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+            <w:div w:id="83646513">
+              <w:marLeft w:val="303"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="219631288">
+                  <w:marLeft w:val="375"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="75"/>
+                  <w:marBottom w:val="75"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+            <w:div w:id="426926625">
+              <w:marLeft w:val="303"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="1749842569">
+                  <w:marLeft w:val="375"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="75"/>
+                  <w:marBottom w:val="75"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+            <w:div w:id="1337614301">
+              <w:marLeft w:val="303"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="665744711">
+                  <w:marLeft w:val="375"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="75"/>
+                  <w:marBottom w:val="75"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+            <w:div w:id="1612277070">
+              <w:marLeft w:val="303"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="1224875596">
+                  <w:marLeft w:val="375"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="75"/>
+                  <w:marBottom w:val="75"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="678771550">
+          <w:marLeft w:val="120"/>
+          <w:marRight w:val="120"/>
+          <w:marTop w:val="100"/>
+          <w:marBottom w:val="100"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="517625161">
+              <w:marLeft w:val="303"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="2038042035">
+                  <w:marLeft w:val="375"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="75"/>
+                  <w:marBottom w:val="75"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+            <w:div w:id="953638430">
+              <w:marLeft w:val="303"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="1958289685">
+                  <w:marLeft w:val="375"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="75"/>
+                  <w:marBottom w:val="75"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+            <w:div w:id="1451822162">
+              <w:marLeft w:val="303"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="962348923">
+                  <w:marLeft w:val="375"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="75"/>
+                  <w:marBottom w:val="75"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+            <w:div w:id="178934111">
+              <w:marLeft w:val="303"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="747966519">
+                  <w:marLeft w:val="375"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="75"/>
+                  <w:marBottom w:val="75"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+            <w:div w:id="2025549242">
+              <w:marLeft w:val="303"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="1346784421">
+                  <w:marLeft w:val="375"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="75"/>
+                  <w:marBottom w:val="75"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1568570555">
+          <w:marLeft w:val="120"/>
+          <w:marRight w:val="120"/>
+          <w:marTop w:val="100"/>
+          <w:marBottom w:val="100"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1914243002">
+              <w:marLeft w:val="303"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="825122996">
+                  <w:marLeft w:val="375"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="75"/>
+                  <w:marBottom w:val="75"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+            <w:div w:id="1461531275">
+              <w:marLeft w:val="303"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="122583414">
+                  <w:marLeft w:val="375"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="75"/>
+                  <w:marBottom w:val="75"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+            <w:div w:id="1757626567">
+              <w:marLeft w:val="303"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="62069381">
+                  <w:marLeft w:val="375"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="75"/>
+                  <w:marBottom w:val="75"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+            <w:div w:id="1685470340">
+              <w:marLeft w:val="303"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="756832275">
+                  <w:marLeft w:val="375"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="75"/>
+                  <w:marBottom w:val="75"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+            <w:div w:id="1323313798">
+              <w:marLeft w:val="303"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="994649176">
+                  <w:marLeft w:val="375"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="75"/>
+                  <w:marBottom w:val="75"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="547886684">
+          <w:marLeft w:val="120"/>
+          <w:marRight w:val="120"/>
+          <w:marTop w:val="100"/>
+          <w:marBottom w:val="100"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="2108577833">
+              <w:marLeft w:val="303"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="1011645906">
+                  <w:marLeft w:val="375"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="75"/>
+                  <w:marBottom w:val="75"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+            <w:div w:id="240409737">
+              <w:marLeft w:val="303"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="811294403">
+                  <w:marLeft w:val="375"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="75"/>
+                  <w:marBottom w:val="75"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+            <w:div w:id="2066102750">
+              <w:marLeft w:val="303"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="578096963">
+                  <w:marLeft w:val="375"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="75"/>
+                  <w:marBottom w:val="75"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+            <w:div w:id="538474106">
+              <w:marLeft w:val="303"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="587814936">
+                  <w:marLeft w:val="375"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="75"/>
+                  <w:marBottom w:val="75"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+            <w:div w:id="1938512296">
+              <w:marLeft w:val="303"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="1290630315">
+                  <w:marLeft w:val="375"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="75"/>
+                  <w:marBottom w:val="75"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1488014247">
+          <w:marLeft w:val="120"/>
+          <w:marRight w:val="120"/>
+          <w:marTop w:val="300"/>
+          <w:marBottom w:val="300"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="265500931">
+          <w:marLeft w:val="120"/>
+          <w:marRight w:val="120"/>
+          <w:marTop w:val="100"/>
+          <w:marBottom w:val="100"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1871793626">
+              <w:marLeft w:val="303"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="1939286312">
+                  <w:marLeft w:val="375"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="75"/>
+                  <w:marBottom w:val="75"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+            <w:div w:id="1703244623">
+              <w:marLeft w:val="303"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="1169557691">
+                  <w:marLeft w:val="375"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="75"/>
+                  <w:marBottom w:val="75"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+            <w:div w:id="1974939390">
+              <w:marLeft w:val="303"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="1024478897">
+                  <w:marLeft w:val="375"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="75"/>
+                  <w:marBottom w:val="75"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+            <w:div w:id="1531868859">
+              <w:marLeft w:val="303"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="1439443516">
+                  <w:marLeft w:val="375"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="75"/>
+                  <w:marBottom w:val="75"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+            <w:div w:id="1812400579">
+              <w:marLeft w:val="303"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="237908441">
+                  <w:marLeft w:val="375"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="75"/>
+                  <w:marBottom w:val="75"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1881741164">
+          <w:marLeft w:val="120"/>
+          <w:marRight w:val="120"/>
+          <w:marTop w:val="100"/>
+          <w:marBottom w:val="100"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1279264691">
+              <w:marLeft w:val="303"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="865290540">
+                  <w:marLeft w:val="375"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="75"/>
+                  <w:marBottom w:val="75"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+            <w:div w:id="1212689674">
+              <w:marLeft w:val="303"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="2034304376">
+                  <w:marLeft w:val="375"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="75"/>
+                  <w:marBottom w:val="75"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+            <w:div w:id="685250323">
+              <w:marLeft w:val="303"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="1745908738">
+                  <w:marLeft w:val="375"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="75"/>
+                  <w:marBottom w:val="75"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+            <w:div w:id="1083182312">
+              <w:marLeft w:val="303"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="1010717844">
+                  <w:marLeft w:val="375"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="75"/>
+                  <w:marBottom w:val="75"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+            <w:div w:id="33042124">
+              <w:marLeft w:val="303"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="741872137">
+                  <w:marLeft w:val="375"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="75"/>
+                  <w:marBottom w:val="75"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1813864858">
+          <w:marLeft w:val="120"/>
+          <w:marRight w:val="120"/>
+          <w:marTop w:val="100"/>
+          <w:marBottom w:val="100"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="690767945">
+              <w:marLeft w:val="303"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="586424303">
+                  <w:marLeft w:val="375"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="75"/>
+                  <w:marBottom w:val="75"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+            <w:div w:id="326372525">
+              <w:marLeft w:val="303"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="958611060">
+                  <w:marLeft w:val="375"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="75"/>
+                  <w:marBottom w:val="75"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+            <w:div w:id="1931544597">
+              <w:marLeft w:val="303"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="1497719784">
+                  <w:marLeft w:val="375"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="75"/>
+                  <w:marBottom w:val="75"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+            <w:div w:id="799344114">
+              <w:marLeft w:val="303"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="672145181">
+                  <w:marLeft w:val="375"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="75"/>
+                  <w:marBottom w:val="75"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+            <w:div w:id="133377747">
+              <w:marLeft w:val="303"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="553011105">
+                  <w:marLeft w:val="375"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="75"/>
+                  <w:marBottom w:val="75"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="988824590">
+          <w:marLeft w:val="120"/>
+          <w:marRight w:val="120"/>
+          <w:marTop w:val="100"/>
+          <w:marBottom w:val="100"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="136381853">
+              <w:marLeft w:val="303"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="1845507987">
+                  <w:marLeft w:val="375"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="75"/>
+                  <w:marBottom w:val="75"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+            <w:div w:id="1543520905">
+              <w:marLeft w:val="303"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="1657683204">
+                  <w:marLeft w:val="375"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="75"/>
+                  <w:marBottom w:val="75"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+            <w:div w:id="853885033">
+              <w:marLeft w:val="303"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="769741484">
+                  <w:marLeft w:val="375"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="75"/>
+                  <w:marBottom w:val="75"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+            <w:div w:id="1625692599">
+              <w:marLeft w:val="303"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="672609877">
+                  <w:marLeft w:val="375"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="75"/>
+                  <w:marBottom w:val="75"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+            <w:div w:id="1170873451">
+              <w:marLeft w:val="303"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="229073922">
+                  <w:marLeft w:val="375"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="75"/>
+                  <w:marBottom w:val="75"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="2104453785">
+          <w:marLeft w:val="120"/>
+          <w:marRight w:val="120"/>
+          <w:marTop w:val="100"/>
+          <w:marBottom w:val="100"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="729963196">
+              <w:marLeft w:val="303"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="2054843457">
+                  <w:marLeft w:val="375"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="75"/>
+                  <w:marBottom w:val="75"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+            <w:div w:id="1980379847">
+              <w:marLeft w:val="303"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="1911844221">
+                  <w:marLeft w:val="375"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="75"/>
+                  <w:marBottom w:val="75"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+            <w:div w:id="4987536">
+              <w:marLeft w:val="303"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="181406741">
+                  <w:marLeft w:val="375"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="75"/>
+                  <w:marBottom w:val="75"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+            <w:div w:id="1418670179">
+              <w:marLeft w:val="303"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="199051385">
+                  <w:marLeft w:val="375"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="75"/>
+                  <w:marBottom w:val="75"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+            <w:div w:id="1805465487">
+              <w:marLeft w:val="303"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="1526794413">
+                  <w:marLeft w:val="375"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="75"/>
+                  <w:marBottom w:val="75"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1376466078">
+          <w:marLeft w:val="120"/>
+          <w:marRight w:val="120"/>
+          <w:marTop w:val="100"/>
+          <w:marBottom w:val="100"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1365059039">
+              <w:marLeft w:val="303"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="140779331">
+                  <w:marLeft w:val="375"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="75"/>
+                  <w:marBottom w:val="75"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+            <w:div w:id="930505337">
+              <w:marLeft w:val="303"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="1697658014">
+                  <w:marLeft w:val="375"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="75"/>
+                  <w:marBottom w:val="75"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+            <w:div w:id="1779329033">
+              <w:marLeft w:val="303"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="1750808833">
+                  <w:marLeft w:val="375"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="75"/>
+                  <w:marBottom w:val="75"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+            <w:div w:id="30349420">
+              <w:marLeft w:val="303"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="1441223285">
+                  <w:marLeft w:val="375"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="75"/>
+                  <w:marBottom w:val="75"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+            <w:div w:id="1795051564">
+              <w:marLeft w:val="303"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="2092266860">
+                  <w:marLeft w:val="375"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="75"/>
+                  <w:marBottom w:val="75"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="711805200">
+          <w:marLeft w:val="120"/>
+          <w:marRight w:val="120"/>
+          <w:marTop w:val="100"/>
+          <w:marBottom w:val="100"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1134909484">
+              <w:marLeft w:val="303"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="564609651">
+                  <w:marLeft w:val="375"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="75"/>
+                  <w:marBottom w:val="75"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+            <w:div w:id="1528256118">
+              <w:marLeft w:val="303"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="1114132091">
+                  <w:marLeft w:val="375"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="75"/>
+                  <w:marBottom w:val="75"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+            <w:div w:id="959452984">
+              <w:marLeft w:val="303"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="428432479">
+                  <w:marLeft w:val="375"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="75"/>
+                  <w:marBottom w:val="75"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+            <w:div w:id="1641571215">
+              <w:marLeft w:val="303"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="1277637218">
+                  <w:marLeft w:val="375"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="75"/>
+                  <w:marBottom w:val="75"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+            <w:div w:id="318308897">
+              <w:marLeft w:val="303"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="324287179">
+                  <w:marLeft w:val="375"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="75"/>
+                  <w:marBottom w:val="75"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="111294333">
+          <w:marLeft w:val="120"/>
+          <w:marRight w:val="120"/>
+          <w:marTop w:val="300"/>
+          <w:marBottom w:val="300"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="924337150">
+          <w:marLeft w:val="120"/>
+          <w:marRight w:val="120"/>
+          <w:marTop w:val="100"/>
+          <w:marBottom w:val="100"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="24016183">
+              <w:marLeft w:val="303"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="1164469522">
+                  <w:marLeft w:val="375"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="75"/>
+                  <w:marBottom w:val="75"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+            <w:div w:id="554466537">
+              <w:marLeft w:val="303"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="1597400706">
+                  <w:marLeft w:val="375"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="75"/>
+                  <w:marBottom w:val="75"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+            <w:div w:id="1651901460">
+              <w:marLeft w:val="303"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="640309924">
+                  <w:marLeft w:val="375"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="75"/>
+                  <w:marBottom w:val="75"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+            <w:div w:id="1879010130">
+              <w:marLeft w:val="303"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="110973834">
+                  <w:marLeft w:val="375"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="75"/>
+                  <w:marBottom w:val="75"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+            <w:div w:id="841697216">
+              <w:marLeft w:val="303"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="1078791747">
+                  <w:marLeft w:val="375"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="75"/>
+                  <w:marBottom w:val="75"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1566524641">
+          <w:marLeft w:val="120"/>
+          <w:marRight w:val="120"/>
+          <w:marTop w:val="100"/>
+          <w:marBottom w:val="100"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="530611902">
+              <w:marLeft w:val="303"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="2141727331">
+                  <w:marLeft w:val="375"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="75"/>
+                  <w:marBottom w:val="75"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+            <w:div w:id="768551045">
+              <w:marLeft w:val="303"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="1651715727">
+                  <w:marLeft w:val="375"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="75"/>
+                  <w:marBottom w:val="75"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+            <w:div w:id="1627347136">
+              <w:marLeft w:val="303"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="269824833">
+                  <w:marLeft w:val="375"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="75"/>
+                  <w:marBottom w:val="75"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+            <w:div w:id="376701740">
+              <w:marLeft w:val="303"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="1596595709">
+                  <w:marLeft w:val="375"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="75"/>
+                  <w:marBottom w:val="75"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+            <w:div w:id="647437493">
+              <w:marLeft w:val="303"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="801270325">
+                  <w:marLeft w:val="375"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="75"/>
+                  <w:marBottom w:val="75"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="679085492">
+          <w:marLeft w:val="120"/>
+          <w:marRight w:val="120"/>
+          <w:marTop w:val="100"/>
+          <w:marBottom w:val="100"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="86394192">
+              <w:marLeft w:val="303"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="440539308">
+                  <w:marLeft w:val="375"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="75"/>
+                  <w:marBottom w:val="75"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+            <w:div w:id="826894740">
+              <w:marLeft w:val="303"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="404838194">
+                  <w:marLeft w:val="375"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="75"/>
+                  <w:marBottom w:val="75"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+            <w:div w:id="1017123724">
+              <w:marLeft w:val="303"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="77290427">
+                  <w:marLeft w:val="375"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="75"/>
+                  <w:marBottom w:val="75"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+            <w:div w:id="1979993005">
+              <w:marLeft w:val="303"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="1951280965">
+                  <w:marLeft w:val="375"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="75"/>
+                  <w:marBottom w:val="75"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+            <w:div w:id="1790540770">
+              <w:marLeft w:val="303"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="1021203178">
+                  <w:marLeft w:val="375"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="75"/>
+                  <w:marBottom w:val="75"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1142967940">
+          <w:marLeft w:val="120"/>
+          <w:marRight w:val="120"/>
+          <w:marTop w:val="100"/>
+          <w:marBottom w:val="100"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="346566844">
+              <w:marLeft w:val="303"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="1168322724">
+                  <w:marLeft w:val="375"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="75"/>
+                  <w:marBottom w:val="75"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+            <w:div w:id="183522967">
+              <w:marLeft w:val="303"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="1124735702">
+                  <w:marLeft w:val="375"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="75"/>
+                  <w:marBottom w:val="75"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+            <w:div w:id="277491069">
+              <w:marLeft w:val="303"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="1837067479">
+                  <w:marLeft w:val="375"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="75"/>
+                  <w:marBottom w:val="75"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+            <w:div w:id="1337345100">
+              <w:marLeft w:val="303"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="440539894">
+                  <w:marLeft w:val="375"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="75"/>
+                  <w:marBottom w:val="75"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+            <w:div w:id="255990150">
+              <w:marLeft w:val="303"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="658462977">
+                  <w:marLeft w:val="375"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="75"/>
+                  <w:marBottom w:val="75"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="103770268">
+          <w:marLeft w:val="120"/>
+          <w:marRight w:val="120"/>
+          <w:marTop w:val="100"/>
+          <w:marBottom w:val="100"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1611353775">
+              <w:marLeft w:val="303"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="753547827">
+                  <w:marLeft w:val="375"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="75"/>
+                  <w:marBottom w:val="75"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+            <w:div w:id="1141121502">
+              <w:marLeft w:val="303"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="1084455646">
+                  <w:marLeft w:val="375"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="75"/>
+                  <w:marBottom w:val="75"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+            <w:div w:id="82916944">
+              <w:marLeft w:val="303"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="1371801697">
+                  <w:marLeft w:val="375"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="75"/>
+                  <w:marBottom w:val="75"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+            <w:div w:id="984116296">
+              <w:marLeft w:val="303"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="1003167084">
+                  <w:marLeft w:val="375"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="75"/>
+                  <w:marBottom w:val="75"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+            <w:div w:id="549342984">
+              <w:marLeft w:val="303"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="601843333">
+                  <w:marLeft w:val="375"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="75"/>
+                  <w:marBottom w:val="75"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1254898748">
+          <w:marLeft w:val="120"/>
+          <w:marRight w:val="120"/>
+          <w:marTop w:val="300"/>
+          <w:marBottom w:val="300"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="179050975">
+          <w:marLeft w:val="120"/>
+          <w:marRight w:val="120"/>
+          <w:marTop w:val="100"/>
+          <w:marBottom w:val="100"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1856843751">
+              <w:marLeft w:val="303"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="1970162703">
+                  <w:marLeft w:val="375"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="75"/>
+                  <w:marBottom w:val="75"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+            <w:div w:id="438843360">
+              <w:marLeft w:val="303"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="973213708">
+                  <w:marLeft w:val="375"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="75"/>
+                  <w:marBottom w:val="75"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+            <w:div w:id="919487824">
+              <w:marLeft w:val="303"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="564296007">
+                  <w:marLeft w:val="375"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="75"/>
+                  <w:marBottom w:val="75"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+            <w:div w:id="214976528">
+              <w:marLeft w:val="303"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="699361561">
+                  <w:marLeft w:val="375"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="75"/>
+                  <w:marBottom w:val="75"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+            <w:div w:id="1702826049">
+              <w:marLeft w:val="303"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="761072603">
+                  <w:marLeft w:val="375"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="75"/>
+                  <w:marBottom w:val="75"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="573856548">
+          <w:marLeft w:val="120"/>
+          <w:marRight w:val="120"/>
+          <w:marTop w:val="100"/>
+          <w:marBottom w:val="100"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1832913939">
+              <w:marLeft w:val="303"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="244849675">
+                  <w:marLeft w:val="375"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="75"/>
+                  <w:marBottom w:val="75"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+            <w:div w:id="904338565">
+              <w:marLeft w:val="303"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="904993128">
+                  <w:marLeft w:val="375"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="75"/>
+                  <w:marBottom w:val="75"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+            <w:div w:id="1994749562">
+              <w:marLeft w:val="303"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="520359213">
+                  <w:marLeft w:val="375"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="75"/>
+                  <w:marBottom w:val="75"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+            <w:div w:id="91249571">
+              <w:marLeft w:val="303"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="1486510023">
+                  <w:marLeft w:val="375"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="75"/>
+                  <w:marBottom w:val="75"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+            <w:div w:id="1895235978">
+              <w:marLeft w:val="303"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="472874853">
+                  <w:marLeft w:val="375"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="75"/>
+                  <w:marBottom w:val="75"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="437139497">
+          <w:marLeft w:val="120"/>
+          <w:marRight w:val="120"/>
+          <w:marTop w:val="100"/>
+          <w:marBottom w:val="100"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="2034305434">
+              <w:marLeft w:val="303"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="368576385">
+                  <w:marLeft w:val="375"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="75"/>
+                  <w:marBottom w:val="75"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+            <w:div w:id="1647275420">
+              <w:marLeft w:val="303"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="1601259084">
+                  <w:marLeft w:val="375"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="75"/>
+                  <w:marBottom w:val="75"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+            <w:div w:id="1137379980">
+              <w:marLeft w:val="303"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="306403823">
+                  <w:marLeft w:val="375"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="75"/>
+                  <w:marBottom w:val="75"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+            <w:div w:id="1081564423">
+              <w:marLeft w:val="303"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="555746726">
+                  <w:marLeft w:val="375"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="75"/>
+                  <w:marBottom w:val="75"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+            <w:div w:id="679891954">
+              <w:marLeft w:val="303"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="1988321398">
+                  <w:marLeft w:val="375"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="75"/>
+                  <w:marBottom w:val="75"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="745998403">
+          <w:marLeft w:val="120"/>
+          <w:marRight w:val="120"/>
+          <w:marTop w:val="100"/>
+          <w:marBottom w:val="100"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="386226249">
+              <w:marLeft w:val="303"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="246039614">
+                  <w:marLeft w:val="375"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="75"/>
+                  <w:marBottom w:val="75"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+            <w:div w:id="2025091287">
+              <w:marLeft w:val="303"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="134105907">
+                  <w:marLeft w:val="375"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="75"/>
+                  <w:marBottom w:val="75"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+            <w:div w:id="910847650">
+              <w:marLeft w:val="303"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="170413713">
+                  <w:marLeft w:val="375"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="75"/>
+                  <w:marBottom w:val="75"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+            <w:div w:id="1858501304">
+              <w:marLeft w:val="303"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="1967198489">
+                  <w:marLeft w:val="375"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="75"/>
+                  <w:marBottom w:val="75"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+            <w:div w:id="1648894636">
+              <w:marLeft w:val="303"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="89591324">
+                  <w:marLeft w:val="375"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="75"/>
+                  <w:marBottom w:val="75"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1613436809">
+          <w:marLeft w:val="120"/>
+          <w:marRight w:val="120"/>
+          <w:marTop w:val="100"/>
+          <w:marBottom w:val="100"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1777216041">
+              <w:marLeft w:val="303"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="2126847708">
+                  <w:marLeft w:val="375"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="75"/>
+                  <w:marBottom w:val="75"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+            <w:div w:id="512260445">
+              <w:marLeft w:val="303"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="230317423">
+                  <w:marLeft w:val="375"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="75"/>
+                  <w:marBottom w:val="75"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+            <w:div w:id="451287981">
+              <w:marLeft w:val="303"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="175658571">
+                  <w:marLeft w:val="375"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="75"/>
+                  <w:marBottom w:val="75"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+            <w:div w:id="1988198179">
+              <w:marLeft w:val="303"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="1121609728">
+                  <w:marLeft w:val="375"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="75"/>
+                  <w:marBottom w:val="75"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+            <w:div w:id="232931465">
+              <w:marLeft w:val="303"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="310335511">
+                  <w:marLeft w:val="375"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="75"/>
+                  <w:marBottom w:val="75"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1956591230">
+          <w:marLeft w:val="120"/>
+          <w:marRight w:val="120"/>
+          <w:marTop w:val="300"/>
+          <w:marBottom w:val="300"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="602954593">
+          <w:marLeft w:val="120"/>
+          <w:marRight w:val="120"/>
+          <w:marTop w:val="100"/>
+          <w:marBottom w:val="100"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="336422891">
+              <w:marLeft w:val="303"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="193622228">
+                  <w:marLeft w:val="375"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="75"/>
+                  <w:marBottom w:val="75"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+            <w:div w:id="297611150">
+              <w:marLeft w:val="303"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="1256745752">
+                  <w:marLeft w:val="375"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="75"/>
+                  <w:marBottom w:val="75"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+            <w:div w:id="1420130915">
+              <w:marLeft w:val="303"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="1628244281">
+                  <w:marLeft w:val="375"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="75"/>
+                  <w:marBottom w:val="75"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+            <w:div w:id="1614360388">
+              <w:marLeft w:val="303"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="1346247504">
+                  <w:marLeft w:val="375"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="75"/>
+                  <w:marBottom w:val="75"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+            <w:div w:id="497160497">
+              <w:marLeft w:val="303"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="1606495326">
+                  <w:marLeft w:val="375"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="75"/>
+                  <w:marBottom w:val="75"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1366640790">
+          <w:marLeft w:val="120"/>
+          <w:marRight w:val="120"/>
+          <w:marTop w:val="100"/>
+          <w:marBottom w:val="100"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="371853335">
+              <w:marLeft w:val="303"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="1041050377">
+                  <w:marLeft w:val="375"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="75"/>
+                  <w:marBottom w:val="75"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+            <w:div w:id="2052345489">
+              <w:marLeft w:val="303"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="1875383964">
+                  <w:marLeft w:val="375"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="75"/>
+                  <w:marBottom w:val="75"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+            <w:div w:id="1651790514">
+              <w:marLeft w:val="303"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="1029142345">
+                  <w:marLeft w:val="375"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="75"/>
+                  <w:marBottom w:val="75"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+            <w:div w:id="135997869">
+              <w:marLeft w:val="303"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="317459277">
+                  <w:marLeft w:val="375"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="75"/>
+                  <w:marBottom w:val="75"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+            <w:div w:id="745373460">
+              <w:marLeft w:val="303"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="1968467223">
+                  <w:marLeft w:val="375"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="75"/>
+                  <w:marBottom w:val="75"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="64035577">
+          <w:marLeft w:val="120"/>
+          <w:marRight w:val="120"/>
+          <w:marTop w:val="100"/>
+          <w:marBottom w:val="100"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="718166624">
+              <w:marLeft w:val="303"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="1345018360">
+                  <w:marLeft w:val="375"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="75"/>
+                  <w:marBottom w:val="75"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+            <w:div w:id="1753625834">
+              <w:marLeft w:val="303"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="640693174">
+                  <w:marLeft w:val="375"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="75"/>
+                  <w:marBottom w:val="75"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+            <w:div w:id="29770784">
+              <w:marLeft w:val="303"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="378553005">
+                  <w:marLeft w:val="375"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="75"/>
+                  <w:marBottom w:val="75"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+            <w:div w:id="48038525">
+              <w:marLeft w:val="303"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="623540943">
+                  <w:marLeft w:val="375"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="75"/>
+                  <w:marBottom w:val="75"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+            <w:div w:id="1391924489">
+              <w:marLeft w:val="303"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="130295439">
+                  <w:marLeft w:val="375"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="75"/>
+                  <w:marBottom w:val="75"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="205141632">
+          <w:marLeft w:val="120"/>
+          <w:marRight w:val="120"/>
+          <w:marTop w:val="100"/>
+          <w:marBottom w:val="100"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1834683358">
+              <w:marLeft w:val="303"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="1175077278">
+                  <w:marLeft w:val="375"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="75"/>
+                  <w:marBottom w:val="75"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+            <w:div w:id="1276592609">
+              <w:marLeft w:val="303"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="1556358612">
+                  <w:marLeft w:val="375"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="75"/>
+                  <w:marBottom w:val="75"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+            <w:div w:id="1109544195">
+              <w:marLeft w:val="303"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="1830291008">
+                  <w:marLeft w:val="375"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="75"/>
+                  <w:marBottom w:val="75"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+            <w:div w:id="170531941">
+              <w:marLeft w:val="303"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="153644457">
+                  <w:marLeft w:val="375"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="75"/>
+                  <w:marBottom w:val="75"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+            <w:div w:id="876545838">
+              <w:marLeft w:val="303"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="1720401492">
+                  <w:marLeft w:val="375"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="75"/>
+                  <w:marBottom w:val="75"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="462046187">
+          <w:marLeft w:val="120"/>
+          <w:marRight w:val="120"/>
+          <w:marTop w:val="100"/>
+          <w:marBottom w:val="100"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="471992830">
+              <w:marLeft w:val="303"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="1635990683">
+                  <w:marLeft w:val="375"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="75"/>
+                  <w:marBottom w:val="75"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+            <w:div w:id="896860262">
+              <w:marLeft w:val="303"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="1693607594">
+                  <w:marLeft w:val="375"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="75"/>
+                  <w:marBottom w:val="75"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+            <w:div w:id="1313291349">
+              <w:marLeft w:val="303"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="1411459941">
+                  <w:marLeft w:val="375"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="75"/>
+                  <w:marBottom w:val="75"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+            <w:div w:id="1956869133">
+              <w:marLeft w:val="303"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="488208772">
+                  <w:marLeft w:val="375"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="75"/>
+                  <w:marBottom w:val="75"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+            <w:div w:id="1464344108">
+              <w:marLeft w:val="303"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="811292367">
+                  <w:marLeft w:val="375"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="75"/>
+                  <w:marBottom w:val="75"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="474371624">
+          <w:marLeft w:val="120"/>
+          <w:marRight w:val="120"/>
+          <w:marTop w:val="300"/>
+          <w:marBottom w:val="300"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1065906900">
+          <w:marLeft w:val="120"/>
+          <w:marRight w:val="120"/>
+          <w:marTop w:val="100"/>
+          <w:marBottom w:val="100"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1637494635">
+              <w:marLeft w:val="303"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="1882982189">
+                  <w:marLeft w:val="375"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="75"/>
+                  <w:marBottom w:val="75"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+            <w:div w:id="1832871760">
+              <w:marLeft w:val="303"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="851996022">
+                  <w:marLeft w:val="375"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="75"/>
+                  <w:marBottom w:val="75"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+            <w:div w:id="876549812">
+              <w:marLeft w:val="303"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="113526870">
+                  <w:marLeft w:val="375"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="75"/>
+                  <w:marBottom w:val="75"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+            <w:div w:id="917439294">
+              <w:marLeft w:val="303"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="2047214961">
+                  <w:marLeft w:val="375"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="75"/>
+                  <w:marBottom w:val="75"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+            <w:div w:id="1787500180">
+              <w:marLeft w:val="303"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="1652129393">
+                  <w:marLeft w:val="375"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="75"/>
+                  <w:marBottom w:val="75"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="745805794">
+          <w:marLeft w:val="120"/>
+          <w:marRight w:val="120"/>
+          <w:marTop w:val="100"/>
+          <w:marBottom w:val="100"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="2115441559">
+              <w:marLeft w:val="303"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="1466242123">
+                  <w:marLeft w:val="375"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="75"/>
+                  <w:marBottom w:val="75"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+            <w:div w:id="188833203">
+              <w:marLeft w:val="303"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="567543448">
+                  <w:marLeft w:val="375"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="75"/>
+                  <w:marBottom w:val="75"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+            <w:div w:id="636035161">
+              <w:marLeft w:val="303"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="936447985">
+                  <w:marLeft w:val="375"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="75"/>
+                  <w:marBottom w:val="75"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+            <w:div w:id="1741561968">
+              <w:marLeft w:val="303"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="2126346321">
+                  <w:marLeft w:val="375"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="75"/>
+                  <w:marBottom w:val="75"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+            <w:div w:id="1502693175">
+              <w:marLeft w:val="303"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="10382609">
+                  <w:marLeft w:val="375"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="75"/>
+                  <w:marBottom w:val="75"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1180774762">
+          <w:marLeft w:val="120"/>
+          <w:marRight w:val="120"/>
+          <w:marTop w:val="100"/>
+          <w:marBottom w:val="100"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="2035569084">
+              <w:marLeft w:val="303"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="1322461910">
+                  <w:marLeft w:val="375"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="75"/>
+                  <w:marBottom w:val="75"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+            <w:div w:id="2017151666">
+              <w:marLeft w:val="303"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="901601279">
+                  <w:marLeft w:val="375"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="75"/>
+                  <w:marBottom w:val="75"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+            <w:div w:id="469633226">
+              <w:marLeft w:val="303"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="801385502">
+                  <w:marLeft w:val="375"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="75"/>
+                  <w:marBottom w:val="75"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+            <w:div w:id="1741245943">
+              <w:marLeft w:val="303"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="634334087">
+                  <w:marLeft w:val="375"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="75"/>
+                  <w:marBottom w:val="75"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+            <w:div w:id="2002389808">
+              <w:marLeft w:val="303"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="391927046">
+                  <w:marLeft w:val="375"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="75"/>
+                  <w:marBottom w:val="75"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1010908222">
+          <w:marLeft w:val="120"/>
+          <w:marRight w:val="120"/>
+          <w:marTop w:val="100"/>
+          <w:marBottom w:val="100"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1275165897">
+              <w:marLeft w:val="303"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="1131436667">
+                  <w:marLeft w:val="375"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="75"/>
+                  <w:marBottom w:val="75"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+            <w:div w:id="1965652116">
+              <w:marLeft w:val="303"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="1774595015">
+                  <w:marLeft w:val="375"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="75"/>
+                  <w:marBottom w:val="75"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+            <w:div w:id="1459952359">
+              <w:marLeft w:val="303"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="1796169957">
+                  <w:marLeft w:val="375"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="75"/>
+                  <w:marBottom w:val="75"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+            <w:div w:id="370034082">
+              <w:marLeft w:val="303"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="672924529">
+                  <w:marLeft w:val="375"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="75"/>
+                  <w:marBottom w:val="75"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+            <w:div w:id="887692568">
+              <w:marLeft w:val="303"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="5793153">
+                  <w:marLeft w:val="375"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="75"/>
+                  <w:marBottom w:val="75"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1322539239">
+          <w:marLeft w:val="120"/>
+          <w:marRight w:val="120"/>
+          <w:marTop w:val="100"/>
+          <w:marBottom w:val="100"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1523400895">
+              <w:marLeft w:val="303"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="917592136">
+                  <w:marLeft w:val="375"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="75"/>
+                  <w:marBottom w:val="75"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+            <w:div w:id="484593230">
+              <w:marLeft w:val="303"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="171460180">
+                  <w:marLeft w:val="375"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="75"/>
+                  <w:marBottom w:val="75"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+            <w:div w:id="1510368903">
+              <w:marLeft w:val="303"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="733939194">
+                  <w:marLeft w:val="375"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="75"/>
+                  <w:marBottom w:val="75"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+            <w:div w:id="1922523230">
+              <w:marLeft w:val="303"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="1637056337">
+                  <w:marLeft w:val="375"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="75"/>
+                  <w:marBottom w:val="75"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+            <w:div w:id="1522355030">
+              <w:marLeft w:val="303"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="383481990">
+                  <w:marLeft w:val="375"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="75"/>
+                  <w:marBottom w:val="75"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="335428461">
+          <w:marLeft w:val="120"/>
+          <w:marRight w:val="120"/>
+          <w:marTop w:val="100"/>
+          <w:marBottom w:val="100"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1528644300">
+              <w:marLeft w:val="303"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="1257591165">
+                  <w:marLeft w:val="375"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="75"/>
+                  <w:marBottom w:val="75"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+            <w:div w:id="19623494">
+              <w:marLeft w:val="303"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="623080132">
+                  <w:marLeft w:val="375"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="75"/>
+                  <w:marBottom w:val="75"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+            <w:div w:id="2134326533">
+              <w:marLeft w:val="303"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="380711766">
+                  <w:marLeft w:val="375"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="75"/>
+                  <w:marBottom w:val="75"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+            <w:div w:id="1622881450">
+              <w:marLeft w:val="303"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="40902504">
+                  <w:marLeft w:val="375"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="75"/>
+                  <w:marBottom w:val="75"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+            <w:div w:id="170221428">
+              <w:marLeft w:val="303"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="1701658875">
+                  <w:marLeft w:val="375"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="75"/>
+                  <w:marBottom w:val="75"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1648702783">
+          <w:marLeft w:val="120"/>
+          <w:marRight w:val="120"/>
+          <w:marTop w:val="100"/>
+          <w:marBottom w:val="100"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+  </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="1F497D"/>
+        <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="EEECE1"/>
+        <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4F81BD"/>
+        <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="C0504D"/>
+        <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="9BBB59"/>
+        <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="8064A2"/>
+        <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4BACC6"/>
+        <a:srgbClr val="4472C4"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="F79646"/>
+        <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0000FF"/>
+        <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="800080"/>
+        <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Cambria"/>
+        <a:latin typeface="Calibri Light"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
         <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ 明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="50000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="110000"/>
+                <a:satMod val="105000"/>
+                <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="35000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="37000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="103000"/>
+                <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:tint val="15000"/>
-                <a:satMod val="350000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="109000"/>
+                <a:tint val="81000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="1"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:shade val="51000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="103000"/>
+                <a:lumMod val="102000"/>
+                <a:tint val="94000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="80000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:shade val="93000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="110000"/>
+                <a:lumMod val="100000"/>
+                <a:shade val="100000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="94000"/>
-                <a:satMod val="135000"/>
+                <a:lumMod val="99000"/>
+                <a:satMod val="120000"/>
+                <a:shade val="78000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="0"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
-[...8 lines deleted...]
-        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="38000"/>
+                <a:alpha val="63000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
-        </a:effectStyle>
-[...27 lines deleted...]
-          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
+        <a:solidFill>
+          <a:schemeClr val="phClr">
+            <a:tint val="95000"/>
+            <a:satMod val="170000"/>
+          </a:schemeClr>
+        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="40000"/>
-                <a:satMod val="350000"/>
+                <a:tint val="93000"/>
+                <a:satMod val="150000"/>
+                <a:shade val="98000"/>
+                <a:lumMod val="102000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="40000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="45000"/>
-[...1 lines deleted...]
-                <a:satMod val="350000"/>
+                <a:tint val="98000"/>
+                <a:satMod val="130000"/>
+                <a:shade val="90000"/>
+                <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="20000"/>
-                <a:satMod val="255000"/>
+                <a:shade val="63000"/>
+                <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:path path="circle">
-[...20 lines deleted...]
-          </a:path>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
+  <a:extLst>
+    <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+    </a:ext>
+  </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>4</Pages>
-[...1 lines deleted...]
-  <Characters>3797</Characters>
+  <Pages>1</Pages>
+  <Words>408</Words>
+  <Characters>2326</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>31</Lines>
-  <Paragraphs>8</Paragraphs>
+  <Lines>19</Lines>
+  <Paragraphs>5</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
-  <Company/>
+  <Company>Moorche 30 DVDs</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4455</CharactersWithSpaces>
+  <CharactersWithSpaces>2729</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>ASUS</dc:creator>
+  <dc:creator>x</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>