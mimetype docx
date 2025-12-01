--- v0 (2025-10-03)
+++ v1 (2025-12-01)
@@ -1,11968 +1,2672 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:body>
-    <w:tbl>
-[...10925 lines deleted...]
-      <w:cols w:space="720"/>
+    <w:p w:rsidR="00BC2C69" w:rsidRDefault="00BC2C69" w:rsidP="004515DA">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:cs="Nazanin" w:hint="cs"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:rtl/>
+          <w:lang w:bidi="fa-IR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Nazanin" w:hint="cs"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:rtl/>
+          <w:lang w:bidi="fa-IR"/>
+        </w:rPr>
+        <w:t>راهنمای تهيه فرم رضايت آگاهانه در طرح های تحقيقاتی</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004515DA" w:rsidRDefault="004515DA" w:rsidP="004515DA">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:cs="Nazanin" w:hint="cs"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:rtl/>
+          <w:lang w:bidi="fa-IR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00BC2C69" w:rsidRDefault="00BC2C69" w:rsidP="00BC2C69">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:cs="Nazanin" w:hint="cs"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:rtl/>
+          <w:lang w:bidi="fa-IR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Nazanin" w:hint="cs"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:rtl/>
+          <w:lang w:bidi="fa-IR"/>
+        </w:rPr>
+        <w:t>برگ نخست</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC2C69" w:rsidRDefault="00BC2C69" w:rsidP="00BC2C69">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:cs="Nazanin"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:bidi="fa-IR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Nazanin" w:hint="cs"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:rtl/>
+          <w:lang w:bidi="fa-IR"/>
+        </w:rPr>
+        <w:t>حاوی اطلاعات براي مشاركت كننده</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Nazanin" w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Nazanin" w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="fa-IR"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC2C69" w:rsidRDefault="00BC2C69" w:rsidP="00BC2C69">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:cs="Nazanin"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:bidi="fa-IR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Nazanin" w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="fa-IR"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Nazanin" w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="fa-IR"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Nazanin" w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="fa-IR"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Nazanin" w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="fa-IR"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Nazanin" w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="fa-IR"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Nazanin" w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="fa-IR"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Nazanin" w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="fa-IR"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Nazanin" w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="fa-IR"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Nazanin" w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="fa-IR"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Nazanin" w:hint="cs"/>
+          <w:b/>
+          <w:bCs/>
+          <w:rtl/>
+          <w:lang w:bidi="fa-IR"/>
+        </w:rPr>
+        <w:t>تاريخ :</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC2C69" w:rsidRDefault="00BC2C69" w:rsidP="00BC2C69">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Nazanin" w:hint="cs"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="fa-IR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Nazanin" w:hint="cs"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">عنوان/موضوع تحقيق: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC2C69" w:rsidRDefault="00BC2C69" w:rsidP="00BC2C69">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Nazanin" w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="fa-IR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00BC2C69" w:rsidRDefault="00BC2C69" w:rsidP="00BC2C69">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Nazanin" w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="fa-IR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00BC2C69" w:rsidRDefault="00BC2C69" w:rsidP="00BC2C69">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Nazanin" w:hint="cs"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="fa-IR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Nazanin" w:hint="cs"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="fa-IR"/>
+        </w:rPr>
+        <w:t>نوع تحقيق</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC2C69" w:rsidRDefault="00BC2C69" w:rsidP="00BC2C69">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Nazanin" w:hint="cs"/>
+          <w:b/>
+          <w:bCs/>
+          <w:rtl/>
+          <w:lang w:bidi="fa-IR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00BC2C69" w:rsidRDefault="00BC2C69" w:rsidP="00BC2C69">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Nazanin" w:hint="cs"/>
+          <w:b/>
+          <w:bCs/>
+          <w:rtl/>
+          <w:lang w:bidi="fa-IR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Nazanin" w:hint="cs"/>
+          <w:b/>
+          <w:bCs/>
+          <w:rtl/>
+          <w:lang w:bidi="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">آقاي / خانم محترم  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC2C69" w:rsidRDefault="00BC2C69" w:rsidP="00BC2C69">
+      <w:pPr>
+        <w:jc w:val="lowKashida"/>
+        <w:rPr>
+          <w:rFonts w:cs="Nazanin" w:hint="cs"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl/>
+          <w:lang w:bidi="fa-IR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Nazanin" w:hint="cs"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl/>
+          <w:lang w:bidi="fa-IR"/>
+        </w:rPr>
+        <w:t>از شما دعوت مي شود در يك مطالعه تحقيقاتي كه توسط</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004515DA">
+        <w:rPr>
+          <w:rFonts w:cs="B Nazanin"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:bidi="fa-IR"/>
+        </w:rPr>
+        <w:t>]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004515DA">
+        <w:rPr>
+          <w:rFonts w:cs="B Nazanin" w:hint="cs"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl/>
+          <w:lang w:bidi="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004515DA" w:rsidRPr="004515DA">
+        <w:rPr>
+          <w:rFonts w:cs="B Nazanin" w:hint="cs"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl/>
+          <w:lang w:bidi="fa-IR"/>
+        </w:rPr>
+        <w:t>اساتید</w:t>
+      </w:r>
+      <w:r w:rsidR="004515DA">
+        <w:rPr>
+          <w:rFonts w:cs="Nazanin" w:hint="cs"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl/>
+          <w:lang w:bidi="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Nazanin" w:hint="cs"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl/>
+          <w:lang w:bidi="fa-IR"/>
+        </w:rPr>
+        <w:t>دانشگاه علوم پزشكي تبريز</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Nazanin"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:bidi="fa-IR"/>
+        </w:rPr>
+        <w:t>[</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Nazanin" w:hint="cs"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl/>
+          <w:lang w:bidi="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> تحت نظارت کميته منطقه اي اخلاق دانشگاه  انجام يافته و توسط</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Nazanin"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:bidi="fa-IR"/>
+        </w:rPr>
+        <w:t>]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Nazanin" w:hint="cs"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl/>
+          <w:lang w:bidi="fa-IR"/>
+        </w:rPr>
+        <w:t>. . . .</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Nazanin"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:bidi="fa-IR"/>
+        </w:rPr>
+        <w:t>[</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Nazanin" w:hint="cs"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl/>
+          <w:lang w:bidi="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> تامين مالي مي شود شركت كنيد. پيش از آنكه تصميم به شركت يا عدم شركت بنمائيد، من تحقيق را بطور خلاصه براي شما توضيح مي دهم: چرا اين تحقيق صورت        مي گيرد و اين تحقيق مستلزم چه چيزي است. لطفا" در خواندن اطلاعات زير در مورد تحقيق عجله نكنيد و آنها را بدقت بخوانيد. هر كجا نياز به توضيح داشتيد سوال فرمائيدو در باره تصميم در مورد شركت يا عدم شركت خودتان عجله نكنيد.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC2C69" w:rsidRDefault="00BC2C69" w:rsidP="00BC2C69">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Nazanin" w:hint="cs"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl/>
+          <w:lang w:bidi="fa-IR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Nazanin" w:hint="cs"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl/>
+          <w:lang w:bidi="fa-IR"/>
+        </w:rPr>
+        <w:t>هدف اين مطالعه (تحقيق) چيست؟</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Nazanin" w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Nazanin" w:hint="cs"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl/>
+          <w:lang w:bidi="fa-IR"/>
+        </w:rPr>
+        <w:t>و چگونه انجام خواهد شد؟ (هدف و روش)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Nazanin" w:hint="cs"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl/>
+          <w:lang w:bidi="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Nazanin"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:bidi="fa-IR"/>
+        </w:rPr>
+        <w:t>]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Nazanin" w:hint="cs"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl/>
+          <w:lang w:bidi="fa-IR"/>
+        </w:rPr>
+        <w:t>حداکثر 120 کلمه</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Nazanin"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:bidi="fa-IR"/>
+        </w:rPr>
+        <w:t>[</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Nazanin" w:hint="cs"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl/>
+          <w:lang w:bidi="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC2C69" w:rsidRDefault="00BC2C69" w:rsidP="00BC2C69">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Nazanin" w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="fa-IR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00BC2C69" w:rsidRDefault="00BC2C69" w:rsidP="00BC2C69">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Nazanin" w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="fa-IR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00BC2C69" w:rsidRDefault="00BC2C69" w:rsidP="00BC2C69">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Nazanin" w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="fa-IR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00BC2C69" w:rsidRDefault="00BC2C69" w:rsidP="00BC2C69">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Nazanin" w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="fa-IR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00BC2C69" w:rsidRDefault="00BC2C69" w:rsidP="00BC2C69">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Nazanin" w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="fa-IR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00BC2C69" w:rsidRDefault="00BC2C69" w:rsidP="00BC2C69">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Nazanin" w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="fa-IR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00BC2C69" w:rsidRDefault="00BC2C69" w:rsidP="00BC2C69">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Nazanin" w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="fa-IR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00BC2C69" w:rsidRDefault="00BC2C69" w:rsidP="00BC2C69">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Nazanin" w:hint="cs"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl/>
+          <w:lang w:bidi="fa-IR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Nazanin" w:hint="cs"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl/>
+          <w:lang w:bidi="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">چرا من انتخاب شده ام؟ </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Nazanin" w:hint="cs"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:bidi="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Nazanin"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:bidi="fa-IR"/>
+        </w:rPr>
+        <w:t>]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Nazanin" w:hint="cs"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl/>
+          <w:lang w:bidi="fa-IR"/>
+        </w:rPr>
+        <w:t>حداکثر 70 کلمه</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Nazanin"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:bidi="fa-IR"/>
+        </w:rPr>
+        <w:t>[</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Nazanin" w:hint="cs"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl/>
+          <w:lang w:bidi="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC2C69" w:rsidRDefault="00BC2C69" w:rsidP="00BC2C69">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Nazanin" w:hint="cs"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="fa-IR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00BC2C69" w:rsidRDefault="00BC2C69" w:rsidP="00BC2C69">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Nazanin" w:hint="cs"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="fa-IR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00BC2C69" w:rsidRDefault="00BC2C69" w:rsidP="00BC2C69">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Nazanin" w:hint="cs"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="fa-IR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00BC2C69" w:rsidRDefault="00BC2C69" w:rsidP="00BC2C69">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Nazanin" w:hint="cs"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="fa-IR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00BC2C69" w:rsidRDefault="00BC2C69" w:rsidP="00BC2C69">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Nazanin" w:hint="cs"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl/>
+          <w:lang w:bidi="fa-IR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00BC2C69" w:rsidRDefault="00BC2C69" w:rsidP="00BC2C69">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Nazanin" w:hint="cs"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl/>
+          <w:lang w:bidi="fa-IR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00BC2C69" w:rsidRDefault="00BC2C69" w:rsidP="00BC2C69">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Nazanin" w:hint="cs"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl/>
+          <w:lang w:bidi="fa-IR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00BC2C69" w:rsidRDefault="00BC2C69" w:rsidP="00BC2C69">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Nazanin" w:hint="cs"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl/>
+          <w:lang w:bidi="fa-IR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Nazanin" w:hint="cs"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl/>
+          <w:lang w:bidi="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">منافع اين تحقيق چيست؟  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Nazanin" w:hint="cs"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:bidi="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Nazanin"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:bidi="fa-IR"/>
+        </w:rPr>
+        <w:t>]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Nazanin" w:hint="cs"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl/>
+          <w:lang w:bidi="fa-IR"/>
+        </w:rPr>
+        <w:t>حداکثر 70 کلمه</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Nazanin"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:bidi="fa-IR"/>
+        </w:rPr>
+        <w:t>[</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC2C69" w:rsidRDefault="00BC2C69" w:rsidP="00BC2C69">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Nazanin" w:hint="cs"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="fa-IR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00BC2C69" w:rsidRDefault="00BC2C69" w:rsidP="00BC2C69">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Nazanin" w:hint="cs"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="fa-IR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00BC2C69" w:rsidRDefault="00BC2C69" w:rsidP="00BC2C69">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Nazanin" w:hint="cs"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="fa-IR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00BC2C69" w:rsidRDefault="00BC2C69" w:rsidP="00BC2C69">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Nazanin" w:hint="cs"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl/>
+          <w:lang w:bidi="fa-IR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00BC2C69" w:rsidRDefault="00BC2C69" w:rsidP="00BC2C69">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Nazanin" w:hint="cs"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl/>
+          <w:lang w:bidi="fa-IR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Nazanin" w:hint="cs"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl/>
+          <w:lang w:bidi="fa-IR"/>
+        </w:rPr>
+        <w:t>آيا خطر ويا عوارض احتمالي نيز در كار خواهد بود؟</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Nazanin" w:hint="cs"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl/>
+          <w:lang w:bidi="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ( اگر بلی چه تضميني داده می شود؟) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Nazanin" w:hint="cs"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl/>
+          <w:lang w:bidi="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Nazanin" w:hint="cs"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:bidi="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Nazanin"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:bidi="fa-IR"/>
+        </w:rPr>
+        <w:t>]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Nazanin" w:hint="cs"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl/>
+          <w:lang w:bidi="fa-IR"/>
+        </w:rPr>
+        <w:t>حداکثر 70 کلمه</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Nazanin"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:bidi="fa-IR"/>
+        </w:rPr>
+        <w:t>[</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC2C69" w:rsidRDefault="00BC2C69" w:rsidP="00BC2C69">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Nazanin" w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="fa-IR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00BC2C69" w:rsidRDefault="00BC2C69" w:rsidP="00BC2C69">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Nazanin" w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="fa-IR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00BC2C69" w:rsidRDefault="00BC2C69" w:rsidP="00BC2C69">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Nazanin" w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="fa-IR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00BC2C69" w:rsidRDefault="00BC2C69" w:rsidP="00BC2C69">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Nazanin" w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="fa-IR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00BC2C69" w:rsidRDefault="00BC2C69" w:rsidP="00BC2C69">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Nazanin" w:hint="cs"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl/>
+          <w:lang w:bidi="fa-IR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Nazanin" w:hint="cs"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl/>
+          <w:lang w:bidi="fa-IR"/>
+        </w:rPr>
+        <w:t>آيا شركت من در اين مطالعه محرمانه خواهد ماند؟</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC2C69" w:rsidRDefault="00BC2C69" w:rsidP="00BC2C69">
+      <w:pPr>
+        <w:jc w:val="lowKashida"/>
+        <w:rPr>
+          <w:rFonts w:cs="Nazanin" w:hint="cs"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl/>
+          <w:lang w:bidi="fa-IR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Nazanin" w:hint="cs"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl/>
+          <w:lang w:bidi="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">شركت شما در اين مطالعه و اطلاعات / داده هايي كه شما در اختيار من مي گذاريد، كاملا" محرمانه باقي خواهد ماند. يك شماره و يا كد شناسايي در طول مطالعه براي هر يك از شركت كنندگان اختصاص يافته و تمام داده ها ناشناخته باقي خواهند ماند. در موردداده ها مطابق با قوانين مراقبت از داده ها در ايران كه محرمانه بودن آنها را تضمين مي كند عمل خواهد شد. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC2C69" w:rsidRDefault="00BC2C69" w:rsidP="00BC2C69">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Nazanin" w:hint="cs"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl/>
+          <w:lang w:bidi="fa-IR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00BC2C69" w:rsidRDefault="00BC2C69" w:rsidP="00BC2C69">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Nazanin" w:hint="cs"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl/>
+          <w:lang w:bidi="fa-IR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Nazanin" w:hint="cs"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl/>
+          <w:lang w:bidi="fa-IR"/>
+        </w:rPr>
+        <w:t>اگر بخواهم شركت كنم چه كاري بايد انجام دهم؟</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC2C69" w:rsidRDefault="00BC2C69" w:rsidP="00BC2C69">
+      <w:pPr>
+        <w:jc w:val="lowKashida"/>
+        <w:rPr>
+          <w:rFonts w:cs="Nazanin" w:hint="cs"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl/>
+          <w:lang w:bidi="fa-IR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Nazanin" w:hint="cs"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl/>
+          <w:lang w:bidi="fa-IR"/>
+        </w:rPr>
+        <w:t>اگر شما براي شركت در اين مطالعه موافقت كنيد، لازم است فرم رضايت آگاهانه را تكميل نموده و به محقق برگردانيد. لطفا" اين برگ حاوي اطلاعات را براي خود نگهداريد. اگر تصميم به شركت در اين تحقيق گرفتيد، هر زمانی شمامجاز هستيد از اين تحقيق كناره گيري كنيد بدون اينكه دليلي براي ما اقامه نمائيد.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC2C69" w:rsidRDefault="00BC2C69" w:rsidP="00BC2C69">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Nazanin" w:hint="cs"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl/>
+          <w:lang w:bidi="fa-IR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00BC2C69" w:rsidRPr="00DE4807" w:rsidRDefault="00BC2C69" w:rsidP="00BC2C69">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Nazanin" w:hint="cs"/>
+          <w:b/>
+          <w:bCs/>
+          <w:rtl/>
+          <w:lang w:bidi="fa-IR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DE4807">
+        <w:rPr>
+          <w:rFonts w:cs="Nazanin" w:hint="cs"/>
+          <w:b/>
+          <w:bCs/>
+          <w:rtl/>
+          <w:lang w:bidi="fa-IR"/>
+        </w:rPr>
+        <w:t>در اين بخش به طورخلاصه توضيحی درمورد نحوه مشارکت و نقش مشارکت کننده در تحقيق داده شود:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC2C69" w:rsidRPr="00DE4807" w:rsidRDefault="00BC2C69" w:rsidP="00BC2C69">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Nazanin" w:hint="cs"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl/>
+          <w:lang w:bidi="fa-IR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00BC2C69" w:rsidRDefault="00BC2C69" w:rsidP="00BC2C69">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Nazanin" w:hint="cs"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl/>
+          <w:lang w:bidi="fa-IR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00BC2C69" w:rsidRDefault="00BC2C69" w:rsidP="00BC2C69">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Nazanin" w:hint="cs"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl/>
+          <w:lang w:bidi="fa-IR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00BC2C69" w:rsidRDefault="00BC2C69" w:rsidP="00BC2C69">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Nazanin" w:hint="cs"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl/>
+          <w:lang w:bidi="fa-IR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00BC2C69" w:rsidRDefault="00BC2C69" w:rsidP="00BC2C69">
+      <w:pPr>
+        <w:jc w:val="lowKashida"/>
+        <w:rPr>
+          <w:rFonts w:cs="Nazanin" w:hint="cs"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl/>
+          <w:lang w:bidi="fa-IR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Nazanin" w:hint="cs"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl/>
+          <w:lang w:bidi="fa-IR"/>
+        </w:rPr>
+        <w:t>اگر شما سوالي داريد و يا اينكه مايل به اطلاعات بيشتري هستيد، لطفا با</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Nazanin"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:bidi="fa-IR"/>
+        </w:rPr>
+        <w:t>]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Nazanin" w:hint="cs"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl/>
+          <w:lang w:bidi="fa-IR"/>
+        </w:rPr>
+        <w:t>نام و نام خانوادگي محقق</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Nazanin"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:bidi="fa-IR"/>
+        </w:rPr>
+        <w:t>[</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Nazanin" w:hint="cs"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl/>
+          <w:lang w:bidi="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: شماره تلفن:                                            </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Nazanin"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:bidi="fa-IR"/>
+        </w:rPr>
+        <w:t>E-mail</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Nazanin" w:hint="cs"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl/>
+          <w:lang w:bidi="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> :                                     تماس بگيريد.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Nazanin" w:hint="cs"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl/>
+          <w:lang w:bidi="fa-IR"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Nazanin" w:hint="cs"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl/>
+          <w:lang w:bidi="fa-IR"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Nazanin" w:hint="cs"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl/>
+          <w:lang w:bidi="fa-IR"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Nazanin" w:hint="cs"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl/>
+          <w:lang w:bidi="fa-IR"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Nazanin" w:hint="cs"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl/>
+          <w:lang w:bidi="fa-IR"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Nazanin" w:hint="cs"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl/>
+          <w:lang w:bidi="fa-IR"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Nazanin" w:hint="cs"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl/>
+          <w:lang w:bidi="fa-IR"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Nazanin" w:hint="cs"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl/>
+          <w:lang w:bidi="fa-IR"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Nazanin" w:hint="cs"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl/>
+          <w:lang w:bidi="fa-IR"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Nazanin" w:hint="cs"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl/>
+          <w:lang w:bidi="fa-IR"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC2C69" w:rsidRDefault="00BC2C69" w:rsidP="00BC2C69">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Nazanin" w:hint="cs"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl/>
+          <w:lang w:bidi="fa-IR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Nazanin" w:hint="cs"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl/>
+          <w:lang w:bidi="fa-IR"/>
+        </w:rPr>
+        <w:t>با تشكر از وقت شما براي قبول زحمت خواندن اين برگ حاوي اطلاعات.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC2C69" w:rsidRDefault="00BC2C69" w:rsidP="00BC2C69">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:cs="Nazanin"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:bidi="fa-IR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Nazanin" w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="fa-IR"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC2C69" w:rsidRDefault="00BC2C69" w:rsidP="00BC2C69">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:cs="Nazanin" w:hint="cs"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:rtl/>
+          <w:lang w:bidi="fa-IR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00BC2C69" w:rsidRDefault="00BC2C69" w:rsidP="00BC2C69">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:cs="Nazanin" w:hint="cs"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:rtl/>
+          <w:lang w:bidi="fa-IR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00BC2C69" w:rsidRDefault="00BC2C69" w:rsidP="00BC2C69">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:cs="Nazanin" w:hint="cs"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:rtl/>
+          <w:lang w:bidi="fa-IR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Nazanin" w:hint="cs"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:rtl/>
+          <w:lang w:bidi="fa-IR"/>
+        </w:rPr>
+        <w:t>برگ دوم</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC2C69" w:rsidRDefault="00BC2C69" w:rsidP="00BC2C69">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:cs="Nazanin" w:hint="cs"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:rtl/>
+          <w:lang w:bidi="fa-IR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00BC2C69" w:rsidRDefault="00BC2C69" w:rsidP="00BC2C69">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:cs="Nazanin" w:hint="cs"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:rtl/>
+          <w:lang w:bidi="fa-IR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Nazanin" w:hint="cs"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:rtl/>
+          <w:lang w:bidi="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> رضايت آگاهانه</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC2C69" w:rsidRDefault="00BC2C69" w:rsidP="00BC2C69">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Nazanin" w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="fa-IR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00BC2C69" w:rsidRDefault="00BC2C69" w:rsidP="00BC2C69">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Nazanin" w:hint="cs"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="fa-IR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Nazanin" w:hint="cs"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="fa-IR"/>
+        </w:rPr>
+        <w:t>كد / شماره مطالعاتي:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC2C69" w:rsidRDefault="00BC2C69" w:rsidP="00BC2C69">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Nazanin" w:hint="cs"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="fa-IR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00BC2C69" w:rsidRDefault="00BC2C69" w:rsidP="00BC2C69">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Nazanin" w:hint="cs"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="fa-IR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Nazanin" w:hint="cs"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="fa-IR"/>
+        </w:rPr>
+        <w:t>عنوان تحقيق:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC2C69" w:rsidRDefault="00BC2C69" w:rsidP="00BC2C69">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Nazanin" w:hint="cs"/>
+          <w:rtl/>
+          <w:lang w:bidi="fa-IR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00BC2C69" w:rsidRDefault="00BC2C69" w:rsidP="00BC2C69">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Nazanin" w:hint="cs"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl/>
+          <w:lang w:bidi="fa-IR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Nazanin" w:hint="cs"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl/>
+          <w:lang w:bidi="fa-IR"/>
+        </w:rPr>
+        <w:t>لطفا" علامت گذاري كنيد:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC2C69" w:rsidRDefault="00BF3AD8" w:rsidP="00BC2C69">
+      <w:pPr>
+        <w:jc w:val="lowKashida"/>
+        <w:rPr>
+          <w:rFonts w:cs="Nazanin" w:hint="cs"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl/>
+          <w:lang w:bidi="fa-IR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="cs"/>
+          <w:noProof/>
+          <w:rtl/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658752" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>-297180</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>282575</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="228600" cy="228600"/>
+                <wp:effectExtent l="7620" t="10160" r="11430" b="8890"/>
+                <wp:wrapNone/>
+                <wp:docPr id="3" name="Rectangle 4"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr>
+                        <a:spLocks noChangeArrowheads="1"/>
+                      </wps:cNvSpPr>
+                      <wps:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="228600" cy="228600"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:solidFill>
+                          <a:srgbClr val="FFFFFF"/>
+                        </a:solidFill>
+                        <a:ln w="12700">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:miter lim="800000"/>
+                          <a:headEnd/>
+                          <a:tailEnd/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="page">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="page">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:rect w14:anchorId="17B97215" id="Rectangle 4" o:spid="_x0000_s1026" style="position:absolute;margin-left:-23.4pt;margin-top:22.25pt;width:18pt;height:18pt;z-index:251658752;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA6w1vNGgIAADwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO0zAQfUfiHyy/06Sh7Jao6WrVpQhp&#10;gRULH+A6TmNhe8zYbbp8/Y6dbikX8YDIgzWTGR+fOTOzuDpYw/YKgwbX8Omk5Ew5Ca1224Z/+bx+&#10;MecsROFaYcCphj+owK+Wz58tBl+rCnowrUJGIC7Ug294H6OviyLIXlkRJuCVo2AHaEUkF7dFi2Ig&#10;dGuKqiwvigGw9QhShUB/b8YgX2b8rlMyfuy6oCIzDSduMZ+Yz006i+VC1FsUvtfySEP8AwsrtKNH&#10;T1A3Igq2Q/0blNUSIUAXJxJsAV2npco1UDXT8pdq7nvhVa6FxAn+JFP4f7Dyw/4OmW4b/pIzJyy1&#10;6BOJJtzWKDZL8gw+1JR17+8wFRj8LcivgTlY9ZSlrhFh6JVoidQ05Rc/XUhOoKtsM7yHltDFLkJW&#10;6tChTYCkATvkhjycGqIOkUn6WVXzi5LaJil0tNMLon667DHEtwosS0bDkahncLG/DXFMfUrJ5MHo&#10;dq2NyQ5uNyuDbC9oNtb5y/ypxvM049hApVWXROTvGGX+/oRhdaQpN9o2fH5KEnWS7Y1riaeoo9Bm&#10;tKk84446JunGFmygfSAZEcYRppUjowf8ztlA49vw8G0nUHFm3jlqxevpbJbmPTuzV5cVOXge2ZxH&#10;hJME1fDI2Wiu4rgjO49629NL01y7g2tqX6eztKm1I6sjWRrR3JzjOqUdOPdz1o+lXz4CAAD//wMA&#10;UEsDBBQABgAIAAAAIQDoxS1E4gAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETvSPyD&#10;tUhcUGoXpSGEbCpAQhyokFoQFTc3Nk7UeB3Zbhv+HnOC486OZt7Uy8kO7Kh96B0hzGcCmKbWqZ4M&#10;wvvbU1YCC1GSkoMjjfCtAyyb87NaVsqdaK2Pm2hYCqFQSYQuxrHiPLSdtjLM3Kgp/b6ctzKm0xuu&#10;vDylcDvwayEKbmVPqaGTo37sdLvfHCzCw/5j/Xpjyhc/Frer56vPbTGZLeLlxXR/ByzqKf6Z4Rc/&#10;oUOTmHbuQCqwASHLi4QeEfJ8ASwZsrlIwg6hFAvgTc3/L2h+AAAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhADrDW80aAgAAPAQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhAOjFLUTiAAAACQEAAA8AAAAAAAAAAAAAAAAAdAQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAACDBQAAAAA=&#10;" strokeweight="1pt"/>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r w:rsidR="00BC2C69">
+        <w:rPr>
+          <w:rFonts w:cs="Nazanin" w:hint="cs"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl/>
+          <w:lang w:bidi="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1- من تائيد مي كنم كه برگ اطلاعات مشاركت كننده به تاريخ                     را براي انجام تحقيق فوق خوانده و فهميده ام و اين فرصت براي من داده شده كه سوالات مورد نظرم را بپرسم. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC2C69" w:rsidRDefault="00BF3AD8" w:rsidP="00BC2C69">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Nazanin" w:hint="cs"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl/>
+          <w:lang w:bidi="fa-IR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="cs"/>
+          <w:noProof/>
+          <w:rtl/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251657728" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>-297180</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>212725</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="228600" cy="228600"/>
+                <wp:effectExtent l="7620" t="10795" r="11430" b="8255"/>
+                <wp:wrapNone/>
+                <wp:docPr id="2" name="Rectangle 3"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr>
+                        <a:spLocks noChangeArrowheads="1"/>
+                      </wps:cNvSpPr>
+                      <wps:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="228600" cy="228600"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:solidFill>
+                          <a:srgbClr val="FFFFFF"/>
+                        </a:solidFill>
+                        <a:ln w="12700">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:miter lim="800000"/>
+                          <a:headEnd/>
+                          <a:tailEnd/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="page">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="page">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:rect w14:anchorId="269A3C64" id="Rectangle 3" o:spid="_x0000_s1026" style="position:absolute;margin-left:-23.4pt;margin-top:16.75pt;width:18pt;height:18pt;z-index:251657728;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBP9XDtGQIAADwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO0zAQfUfiHyy/06Sh7Jao6WrVpQhp&#10;gRULHzB1nMbCN8Zu0+Xrd+x0S7mIB0QerJnM+PjMmZnF1cFotpcYlLMNn05KzqQVrlV22/Avn9cv&#10;5pyFCLYF7axs+IMM/Gr5/Nli8LWsXO90K5ERiA314Bvex+jrogiilwbCxHlpKdg5NBDJxW3RIgyE&#10;bnRRleVFMThsPTohQ6C/N2OQLzN+10kRP3ZdkJHphhO3mE/M5yadxXIB9RbB90ocacA/sDCgLD16&#10;grqBCGyH6jcoowS64Lo4Ec4UruuUkLkGqmZa/lLNfQ9e5lpInOBPMoX/Bys+7O+QqbbhFWcWDLXo&#10;E4kGdqsle5nkGXyoKeve32EqMPhbJ74GZt2qpyx5jeiGXkJLpKYpv/jpQnICXWWb4b1rCR120WWl&#10;Dh2aBEgasENuyMOpIfIQmaCfVTW/KKltgkJHO70A9dNljyG+lc6wZDQciXoGh/1tiGPqU0om77Rq&#10;10rr7OB2s9LI9kCzsc5f5k81nqdpywYqrbokIn/HKPP3JwyjIk25Vqbh81MS1Em2N7YlnlBHUHq0&#10;qTxtjzom6cYWbFz7QDKiG0eYVo6M3uF3zgYa34aHbztAyZl+Z6kVr6ezWZr37MxeXVbk4Hlkcx4B&#10;Kwiq4ZGz0VzFcUd2HtW2p5emuXbrrql9ncrSptaOrI5kaURzc47rlHbg3M9ZP5Z++QgAAP//AwBQ&#10;SwMEFAAGAAgAAAAhAF+wNE3jAAAACQEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I/IO1&#10;SFxQ6pRS04ZsKkBCHIoqtUVU3Nx4caLGdmS7bfh7zAmOOzuaeVMuBtOxE/nQOoswHuXAyNZOtVYj&#10;vG9fshmwEKVVsnOWEL4pwKK6vChlodzZrum0iZqlEBsKidDE2Bech7ohI8PI9WTT78t5I2M6vebK&#10;y3MKNx2/zXPBjWxtamhkT88N1YfN0SA8HT7Wq3s9W/pezN9ebz53YtA7xOur4fEBWKQh/pnhFz+h&#10;Q5WY9u5oVWAdQnYnEnpEmEymwJIhG+dJ2COI+RR4VfL/C6ofAAAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhAE/1cO0ZAgAAPAQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhAF+wNE3jAAAACQEAAA8AAAAAAAAAAAAAAAAAcwQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAACDBQAAAAA=&#10;" strokeweight="1pt"/>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC2C69" w:rsidRDefault="00BC2C69" w:rsidP="00BC2C69">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Nazanin" w:hint="cs"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl/>
+          <w:lang w:bidi="fa-IR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Nazanin" w:hint="cs"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl/>
+          <w:lang w:bidi="fa-IR"/>
+        </w:rPr>
+        <w:t>2- من ميدانم كه شركت من در اين تحقيق داوطلبانه است. من همچنين مي دانم كه من هر زماني كه بخواهم مي توانم از تحقيق كنار بكشم بدون اينكه ملزم به ارائه دليل باشم.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC2C69" w:rsidRDefault="00BC2C69" w:rsidP="00BC2C69">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Nazanin" w:hint="cs"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl/>
+          <w:lang w:bidi="fa-IR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00BC2C69" w:rsidRDefault="00BF3AD8" w:rsidP="00BC2C69">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Nazanin" w:hint="cs"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl/>
+          <w:lang w:bidi="fa-IR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="cs"/>
+          <w:noProof/>
+          <w:rtl/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251656704" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>-297180</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>73025</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="228600" cy="228600"/>
+                <wp:effectExtent l="7620" t="11430" r="11430" b="7620"/>
+                <wp:wrapNone/>
+                <wp:docPr id="1" name="Rectangle 2"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr>
+                        <a:spLocks noChangeArrowheads="1"/>
+                      </wps:cNvSpPr>
+                      <wps:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="228600" cy="228600"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:solidFill>
+                          <a:srgbClr val="FFFFFF"/>
+                        </a:solidFill>
+                        <a:ln w="12700">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:miter lim="800000"/>
+                          <a:headEnd/>
+                          <a:tailEnd/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="page">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="page">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:rect w14:anchorId="4203F0E5" id="Rectangle 2" o:spid="_x0000_s1026" style="position:absolute;margin-left:-23.4pt;margin-top:5.75pt;width:18pt;height:18pt;z-index:251656704;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAtqVQLGQIAADwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO0zAQfUfiHyy/06RR2S1R09WqSxHS&#10;AisWPsB1nMbC9pix27R8PWOnW8pFPCDyYM1kxsdnzswsbg7WsL3CoME1fDopOVNOQqvdtuGfP61f&#10;zDkLUbhWGHCq4UcV+M3y+bPF4GtVQQ+mVcgIxIV68A3vY/R1UQTZKyvCBLxyFOwArYjk4rZoUQyE&#10;bk1RleVVMQC2HkGqEOjv3Rjky4zfdUrGD10XVGSm4cQt5hPzuUlnsVyIeovC91qeaIh/YGGFdvTo&#10;GepORMF2qH+DsloiBOjiRIItoOu0VLkGqmZa/lLNYy+8yrWQOMGfZQr/D1a+3z8g0y31jjMnLLXo&#10;I4km3NYoViV5Bh9qynr0D5gKDP4e5JfAHKx6ylK3iDD0SrREapryi58uJCfQVbYZ3kFL6GIXISt1&#10;6NAmQNKAHXJDjueGqENkkn5W1fyqpLZJCp3s9IKony57DPGNAsuS0XAk6hlc7O9DHFOfUjJ5MLpd&#10;a2Oyg9vNyiDbC5qNdf4yf6rxMs04NlBp1TUR+TtGmb8/YVgdacqNtg2fn5NEnWR77VriKeootBlt&#10;Ks+4k45JurEFG2iPJCPCOMK0cmT0gN84G2h8Gx6+7gQqzsxbR614NZ3N0rxnZ/byuiIHLyOby4hw&#10;kqAaHjkbzVUcd2TnUW97emmaa3dwS+3rdJY2tXZkdSJLI5qbc1qntAOXfs76sfTL7wAAAP//AwBQ&#10;SwMEFAAGAAgAAAAhAL8v+ariAAAACQEAAA8AAABkcnMvZG93bnJldi54bWxMj0FLw0AQhe+C/2EZ&#10;wYukm0ibtjGbooJ4UIRWafG2zY6b0OxsyG7b+O8dT3p88x7vfVOuRteJEw6h9aQgm6QgkGpvWrIK&#10;Pt6fkgWIEDUZ3XlCBd8YYFVdXpS6MP5MazxtohVcQqHQCpoY+0LKUDfodJj4Hom9Lz84HVkOVppB&#10;n7ncdfI2TXPpdEu80OgeHxusD5ujU/Bw2K7f5nbxMvT58vX55nOXj3an1PXVeH8HIuIY/8Lwi8/o&#10;UDHT3h/JBNEpSKY5o0c2shkIDiRZyoe9gul8BrIq5f8Pqh8AAAD//wMAUEsBAi0AFAAGAAgAAAAh&#10;ALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAU&#10;AAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAU&#10;AAYACAAAACEALalUCxkCAAA8BAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwEC&#10;LQAUAAYACAAAACEAvy/5quIAAAAJAQAADwAAAAAAAAAAAAAAAABzBAAAZHJzL2Rvd25yZXYueG1s&#10;UEsFBgAAAAAEAAQA8wAAAIIFAAAAAA==&#10;" strokeweight="1pt"/>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r w:rsidR="00BC2C69">
+        <w:rPr>
+          <w:rFonts w:cs="Nazanin" w:hint="cs"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl/>
+          <w:lang w:bidi="fa-IR"/>
+        </w:rPr>
+        <w:t>3- من موافقت مي كنم كه در مطالعه/ تحقيق فوق شركت نمايم.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC2C69" w:rsidRDefault="00BC2C69" w:rsidP="00BC2C69">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Nazanin" w:hint="cs"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl/>
+          <w:lang w:bidi="fa-IR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00BC2C69" w:rsidRDefault="00BC2C69" w:rsidP="00BC2C69">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Nazanin" w:hint="cs"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl/>
+          <w:lang w:bidi="fa-IR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00BC2C69" w:rsidRDefault="00BC2C69" w:rsidP="00BC2C69">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Nazanin" w:hint="cs"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl/>
+          <w:lang w:bidi="fa-IR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Nazanin" w:hint="cs"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl/>
+          <w:lang w:bidi="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">نام مشاركت كننده </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Nazanin" w:hint="cs"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl/>
+          <w:lang w:bidi="fa-IR"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Nazanin" w:hint="cs"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl/>
+          <w:lang w:bidi="fa-IR"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Nazanin" w:hint="cs"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl/>
+          <w:lang w:bidi="fa-IR"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Nazanin" w:hint="cs"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl/>
+          <w:lang w:bidi="fa-IR"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">تاريخ:                 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Nazanin" w:hint="cs"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl/>
+          <w:lang w:bidi="fa-IR"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">        امضاء</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC2C69" w:rsidRDefault="00BC2C69" w:rsidP="00BC2C69">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Nazanin" w:hint="cs"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl/>
+          <w:lang w:bidi="fa-IR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00BC2C69" w:rsidRDefault="00BC2C69" w:rsidP="00BC2C69">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Nazanin" w:hint="cs"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl/>
+          <w:lang w:bidi="fa-IR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00BC2C69" w:rsidRDefault="00BC2C69" w:rsidP="00BC2C69">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Nazanin" w:hint="cs"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl/>
+          <w:lang w:bidi="fa-IR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Nazanin" w:hint="cs"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl/>
+          <w:lang w:bidi="fa-IR"/>
+        </w:rPr>
+        <w:t>نام محقق</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Nazanin" w:hint="cs"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl/>
+          <w:lang w:bidi="fa-IR"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Nazanin" w:hint="cs"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl/>
+          <w:lang w:bidi="fa-IR"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Nazanin" w:hint="cs"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl/>
+          <w:lang w:bidi="fa-IR"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Nazanin" w:hint="cs"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl/>
+          <w:lang w:bidi="fa-IR"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Nazanin" w:hint="cs"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl/>
+          <w:lang w:bidi="fa-IR"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">تاريخ:             </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Nazanin" w:hint="cs"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl/>
+          <w:lang w:bidi="fa-IR"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Nazanin" w:hint="cs"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl/>
+          <w:lang w:bidi="fa-IR"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Nazanin" w:hint="cs"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl/>
+          <w:lang w:bidi="fa-IR"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>امضاء</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC2C69" w:rsidRDefault="00BC2C69" w:rsidP="00BC2C69">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Nazanin" w:hint="cs"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl/>
+          <w:lang w:bidi="fa-IR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00BC2C69" w:rsidRDefault="00BC2C69" w:rsidP="00BC2C69">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Nazanin" w:hint="cs"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl/>
+          <w:lang w:bidi="fa-IR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00BC2C69" w:rsidRDefault="00BC2C69" w:rsidP="00BC2C69">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Nazanin" w:hint="cs"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl/>
+          <w:lang w:bidi="fa-IR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Nazanin" w:hint="cs"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl/>
+          <w:lang w:bidi="fa-IR"/>
+        </w:rPr>
+        <w:t>رونوشت:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC2C69" w:rsidRDefault="00BC2C69" w:rsidP="00BC2C69">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:cs="Nazanin" w:hint="cs"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl/>
+          <w:lang w:bidi="fa-IR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Nazanin" w:hint="cs"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl/>
+          <w:lang w:bidi="fa-IR"/>
+        </w:rPr>
+        <w:t>مشاركت كننده</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC2C69" w:rsidRDefault="00BC2C69" w:rsidP="00BC2C69">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:cs="Nazanin" w:hint="cs"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl/>
+          <w:lang w:bidi="fa-IR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Nazanin" w:hint="cs"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl/>
+          <w:lang w:bidi="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">محقق </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC2C69" w:rsidRDefault="00BC2C69" w:rsidP="00BC2C69">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:hint="cs"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00BC2C69" w:rsidRPr="00D25831" w:rsidRDefault="00BC2C69" w:rsidP="00BC2C69">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:hint="cs"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0077088A" w:rsidRDefault="0077088A"/>
+    <w:p w:rsidR="00BD377A" w:rsidRDefault="00BD377A"/>
+    <w:sectPr w:rsidR="00BD377A" w:rsidSect="00BC2C69">
+      <w:pgSz w:w="11906" w:h="16838"/>
+      <w:pgMar w:top="1440" w:right="1800" w:bottom="1440" w:left="1800" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:cols w:space="708"/>
+      <w:bidi/>
+      <w:rtlGutter/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Symbol">
-[...2 lines deleted...]
-    <w:family w:val="roman"/>
+  <w:font w:name="Nazanin">
+    <w:panose1 w:val="00000400000000000000"/>
+    <w:charset w:val="B2"/>
+    <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+    <w:sig w:usb0="00002001" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri">
-[...2 lines deleted...]
-    <w:family w:val="swiss"/>
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
-[...13 lines deleted...]
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="B Nazanin">
     <w:panose1 w:val="00000400000000000000"/>
     <w:charset w:val="B2"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002001" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Sakkal Majalla">
-    <w:panose1 w:val="02000000000000000000"/>
+  <w:font w:name="Calibri Light">
+    <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
-    <w:family w:val="auto"/>
+    <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="A000207F" w:usb1="C000204B" w:usb2="00000008" w:usb3="00000000" w:csb0="000000D3" w:csb1="00000000"/>
+    <w:sig w:usb0="A00002EF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Cambria">
-    <w:panose1 w:val="02040503050406030204"/>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
-    <w:family w:val="roman"/>
+    <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:abstractNum w:abstractNumId="0">
-    <w:nsid w:val="2C516BF5"/>
+    <w:nsid w:val="090C5416"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="B0C025D6"/>
-[...3 lines deleted...]
-      <w:lvlText w:val="%1-"/>
+    <w:tmpl w:val="5BCC379C"/>
+    <w:lvl w:ilvl="0" w:tplc="AFBEB6A4">
+      <w:start w:val="3"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1080" w:hanging="360"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
-[...266 lines deleted...]
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Nazanin" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
-      </w:pPr>
-[...224 lines deleted...]
-        <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
-    <w:abstractNumId w:val="2"/>
-[...13 lines deleted...]
-  <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
+    <w:lvlOverride w:ilvl="0"/>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="007A488B"/>
-[...33 lines deleted...]
-    <w:rsid w:val="00F66A60"/>
+    <w:rsidRoot w:val="00BC2C69"/>
+    <w:rsid w:val="004515DA"/>
+    <w:rsid w:val="005D2077"/>
+    <w:rsid w:val="0077088A"/>
+    <w:rsid w:val="00BC2C69"/>
+    <w:rsid w:val="00BD377A"/>
+    <w:rsid w:val="00BF3AD8"/>
+    <w:rsid w:val="00F87A54"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
+  <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
-  <w:decimalSymbol w:val="/"/>
-[...1 lines deleted...]
-  <w15:docId w15:val="{267E9680-F264-4192-9A30-85E27919AC4B}"/>
+  <w:decimalSymbol w:val="."/>
+  <w:listSeparator w:val=","/>
+  <w15:chartTrackingRefBased/>
+  <w15:docId w15:val="{E142FDC3-E347-4155-B40D-59318D11F123}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-[...1 lines deleted...]
-        <w:szCs w:val="22"/>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
-    <w:pPrDefault>
-[...3 lines deleted...]
-    </w:pPrDefault>
+    <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
-[...156 lines deleted...]
-    <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+    <w:lsdException w:name="Normal" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:qFormat="1"/>
+    <w:lsdException w:name="Subtitle" w:qFormat="1"/>
+    <w:lsdException w:name="Strong" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:qFormat="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1" w:uiPriority="99"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
-    <w:lsdException w:name="Revision" w:semiHidden="1"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1" w:uiPriority="99"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
     <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
     <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
@@ -12115,464 +2819,400 @@
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="007A488B"/>
+    <w:rsid w:val="00BC2C69"/>
+    <w:pPr>
+      <w:bidi/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
-    <w:uiPriority w:val="1"/>
     <w:semiHidden/>
-    <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
-    <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
-    <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:unhideWhenUsed/>
-[...36 lines deleted...]
-    </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="BalloonText">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="BalloonTextChar"/>
-    <w:uiPriority w:val="99"/>
-[...5 lines deleted...]
-    </w:pPr>
+    <w:rsid w:val="005D2077"/>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
     <w:name w:val="Balloon Text Char"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="BalloonText"/>
-    <w:uiPriority w:val="99"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00F4121B"/>
+    <w:rsid w:val="005D2077"/>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:optimizeForBrowser/>
-  <w:relyOnVML/>
-  <w:allowPNG/>
+  <w:targetScreenSz w:val="800x600"/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="1F497D"/>
+        <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="EEECE1"/>
+        <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4F81BD"/>
+        <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="C0504D"/>
+        <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="9BBB59"/>
+        <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="8064A2"/>
+        <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4BACC6"/>
+        <a:srgbClr val="4472C4"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="F79646"/>
+        <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0000FF"/>
+        <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="800080"/>
+        <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Cambria"/>
+        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri"/>
+        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ 明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="50000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="110000"/>
+                <a:satMod val="105000"/>
+                <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="35000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="37000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="103000"/>
+                <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:tint val="15000"/>
-                <a:satMod val="350000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="109000"/>
+                <a:tint val="81000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="1"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:shade val="51000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="103000"/>
+                <a:lumMod val="102000"/>
+                <a:tint val="94000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="80000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:shade val="93000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="110000"/>
+                <a:lumMod val="100000"/>
+                <a:shade val="100000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="94000"/>
-                <a:satMod val="135000"/>
+                <a:lumMod val="99000"/>
+                <a:satMod val="120000"/>
+                <a:shade val="78000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="0"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
-[...8 lines deleted...]
-        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="38000"/>
+                <a:alpha val="63000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
-        </a:effectStyle>
-[...27 lines deleted...]
-          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
+        <a:solidFill>
+          <a:schemeClr val="phClr">
+            <a:tint val="95000"/>
+            <a:satMod val="170000"/>
+          </a:schemeClr>
+        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="40000"/>
-                <a:satMod val="350000"/>
+                <a:tint val="93000"/>
+                <a:satMod val="150000"/>
+                <a:shade val="98000"/>
+                <a:lumMod val="102000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="40000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="45000"/>
-[...1 lines deleted...]
-                <a:satMod val="350000"/>
+                <a:tint val="98000"/>
+                <a:satMod val="130000"/>
+                <a:shade val="90000"/>
+                <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="20000"/>
-                <a:satMod val="255000"/>
+                <a:shade val="63000"/>
+                <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:path path="circle">
-[...20 lines deleted...]
-          </a:path>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
+  <a:extLst>
+    <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+    </a:ext>
+  </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>4</Pages>
-[...1 lines deleted...]
-  <Characters>3725</Characters>
+  <Pages>3</Pages>
+  <Words>400</Words>
+  <Characters>2286</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>31</Lines>
-  <Paragraphs>8</Paragraphs>
+  <Lines>19</Lines>
+  <Paragraphs>5</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr/>
+      <vt:lpstr>راهنمای تهيه فرم رضايت آگاهانه در طرح های تحقيقاتی</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4370</CharactersWithSpaces>
+  <CharactersWithSpaces>2681</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>ASUS</dc:creator>
+  <dc:title>راهنمای تهيه فرم رضايت آگاهانه در طرح های تحقيقاتی</dc:title>
+  <dc:subject/>
+  <dc:creator>mk</dc:creator>
+  <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>