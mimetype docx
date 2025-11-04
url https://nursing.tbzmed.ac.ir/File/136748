--- v0 (2025-10-03)
+++ v1 (2025-11-04)
@@ -1,3924 +1,1989 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
-  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
-[...3 lines deleted...]
-  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
-  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w14:paraId="13106BDF" w14:textId="77777777" w:rsidR="008958CA" w:rsidRDefault="00D56DE5" w:rsidP="00D56DE5">
-[...75 lines deleted...]
-        <w:jc w:val="right"/>
+    <w:p w:rsidR="00EA27EF" w:rsidRDefault="00EA27EF" w:rsidP="00EA27EF">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="B Nazanin" w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="fa-IR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="B Nazanin" w:hint="cs"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:drawing>
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1">
+            <wp:simplePos x="0" y="0"/>
+            <wp:positionH relativeFrom="page">
+              <wp:posOffset>4810125</wp:posOffset>
+            </wp:positionH>
+            <wp:positionV relativeFrom="paragraph">
+              <wp:posOffset>-619125</wp:posOffset>
+            </wp:positionV>
+            <wp:extent cx="2124075" cy="1095375"/>
+            <wp:effectExtent l="19050" t="0" r="9525" b="0"/>
+            <wp:wrapNone/>
+            <wp:docPr id="3" name="Picture 204"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="Picture 204"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId4" cstate="print"/>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="2124075" cy="1095375"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln w="9525">
+                      <a:noFill/>
+                      <a:miter lim="800000"/>
+                      <a:headEnd/>
+                      <a:tailEnd/>
+                    </a:ln>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:anchor>
+        </w:drawing>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="B Nazanin" w:hint="cs"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:pict>
+          <v:roundrect id="_x0000_s1028" style="position:absolute;left:0;text-align:left;margin-left:102.75pt;margin-top:-10.5pt;width:183pt;height:33.75pt;z-index:251659264;mso-position-horizontal-relative:text;mso-position-vertical-relative:text" arcsize="10923f" stroked="f">
+            <v:textbox style="mso-next-textbox:#_x0000_s1028">
+              <w:txbxContent>
+                <w:p w:rsidR="00EA27EF" w:rsidRPr="00AE5E95" w:rsidRDefault="00EA27EF" w:rsidP="00EA27EF">
+                  <w:pPr>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:rFonts w:cs="B Titr" w:hint="cs"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:lang w:bidi="fa-IR"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:cs="B Titr" w:hint="cs"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:sz w:val="24"/>
+                      <w:rtl/>
+                      <w:lang w:bidi="fa-IR"/>
+                    </w:rPr>
+                    <w:t>«</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00AE5E95">
+                    <w:rPr>
+                      <w:rFonts w:cs="B Titr" w:hint="cs"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:sz w:val="24"/>
+                      <w:rtl/>
+                      <w:lang w:bidi="fa-IR"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">گواهی شرکت در جلسه دفاع </w:t>
+                  </w:r>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:cs="B Titr" w:hint="cs"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:sz w:val="24"/>
+                      <w:rtl/>
+                      <w:lang w:bidi="fa-IR"/>
+                    </w:rPr>
+                    <w:t>»</w:t>
+                  </w:r>
+                </w:p>
+              </w:txbxContent>
+            </v:textbox>
+            <w10:wrap type="square" anchorx="page"/>
+          </v:roundrect>
+        </w:pict>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="B Nazanin" w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                              </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DE7130" w:rsidRPr="00DE7130" w:rsidRDefault="00DE7130" w:rsidP="00DE7130">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="B Nazanin"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E43263">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="fa-IR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DE7130">
+        <w:rPr>
+          <w:rFonts w:cs="B Nazanin" w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE7130">
         <w:rPr>
           <w:rFonts w:cs="B Nazanin" w:hint="cs"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-[...43 lines deleted...]
-        <w:jc w:val="right"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="fa-IR"/>
+        </w:rPr>
+        <w:t>بدینوسیله گواهی می</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE7130">
         <w:rPr>
           <w:rFonts w:cs="B Nazanin"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E43263">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="fa-IR"/>
+        </w:rPr>
+        <w:softHyphen/>
+      </w:r>
+      <w:r w:rsidRPr="00DE7130">
         <w:rPr>
           <w:rFonts w:cs="B Nazanin" w:hint="cs"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-[...52 lines deleted...]
-      <w:r w:rsidRPr="00E43263">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">شود </w:t>
+      </w:r>
+      <w:r w:rsidR="00EA27EF">
         <w:rPr>
           <w:rFonts w:cs="B Nazanin" w:hint="cs"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-[...10 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:bidi="fa-IR"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="40570C13" w14:textId="77777777" w:rsidR="00D56DE5" w:rsidRDefault="00D56DE5" w:rsidP="00D56DE5">
-[...46 lines deleted...]
-          <w:rFonts w:cs="B Nazanin" w:hint="cs"/>
+    <w:p w:rsidR="005C70D4" w:rsidRDefault="00DE7130" w:rsidP="005C70D4">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cs="B Nazanin" w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="fa-IR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B3702">
+        <w:rPr>
+          <w:rFonts w:cs="B Nazanin" w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="fa-IR"/>
+        </w:rPr>
+        <w:t>آقای/ خانم</w:t>
+      </w:r>
+      <w:r w:rsidR="00251EBB">
+        <w:rPr>
+          <w:rFonts w:cs="B Nazanin" w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="B Nazanin" w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                     دانشجوی رشته                           مقطع                 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B3702">
+        <w:rPr>
+          <w:rFonts w:cs="B Nazanin" w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="fa-IR"/>
+        </w:rPr>
+        <w:t>در جلسه دفاع نهائی از پایان</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B3702">
+        <w:rPr>
+          <w:rFonts w:cs="B Nazanin"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="fa-IR"/>
+        </w:rPr>
+        <w:softHyphen/>
+      </w:r>
+      <w:r w:rsidRPr="002B3702">
+        <w:rPr>
+          <w:rFonts w:cs="B Nazanin" w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="fa-IR"/>
+        </w:rPr>
+        <w:t>نامه</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="B Nazanin" w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00251EBB">
+        <w:rPr>
+          <w:rFonts w:cs="B Nazanin" w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="fa-IR"/>
+        </w:rPr>
+        <w:t>آقای/ خانم</w:t>
+      </w:r>
+      <w:r w:rsidR="00251EBB" w:rsidRPr="00251EBB">
+        <w:rPr>
+          <w:rFonts w:cs="B Nazanin"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidR="005C70D4">
+        <w:rPr>
+          <w:rFonts w:cs="B Nazanin" w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">     </w:t>
+      </w:r>
+      <w:r w:rsidR="00251EBB" w:rsidRPr="00251EBB">
+        <w:rPr>
+          <w:rFonts w:cs="B Nazanin"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                      </w:t>
+      </w:r>
+      <w:r w:rsidR="00251EBB">
+        <w:rPr>
+          <w:rFonts w:cs="B Nazanin" w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="fa-IR"/>
+        </w:rPr>
+        <w:t>که</w:t>
+      </w:r>
+      <w:r w:rsidR="00251EBB" w:rsidRPr="00251EBB">
+        <w:rPr>
+          <w:rFonts w:cs="B Nazanin"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005C70D4">
+        <w:rPr>
+          <w:rFonts w:cs="B Nazanin" w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">در تاریخ                </w:t>
+      </w:r>
+      <w:r w:rsidR="00EA27EF">
+        <w:rPr>
+          <w:rFonts w:cs="B Nazanin" w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005C70D4">
+        <w:rPr>
+          <w:rFonts w:cs="B Nazanin" w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:r w:rsidR="005C70D4" w:rsidRPr="005C70D4">
+        <w:rPr>
+          <w:rFonts w:cs="B Nazanin"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="fa-IR"/>
+        </w:rPr>
+        <w:t>در دانشکده پرستار</w:t>
+      </w:r>
+      <w:r w:rsidR="005C70D4" w:rsidRPr="005C70D4">
+        <w:rPr>
+          <w:rFonts w:cs="B Nazanin" w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="fa-IR"/>
+        </w:rPr>
+        <w:t>ی</w:t>
+      </w:r>
+      <w:r w:rsidR="005C70D4" w:rsidRPr="005C70D4">
+        <w:rPr>
+          <w:rFonts w:cs="B Nazanin"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> و ماما</w:t>
+      </w:r>
+      <w:r w:rsidR="005C70D4" w:rsidRPr="005C70D4">
+        <w:rPr>
+          <w:rFonts w:cs="B Nazanin" w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="fa-IR"/>
+        </w:rPr>
+        <w:t>یی</w:t>
+      </w:r>
+      <w:r w:rsidR="005C70D4" w:rsidRPr="005C70D4">
+        <w:rPr>
+          <w:rFonts w:cs="B Nazanin"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> تبر</w:t>
+      </w:r>
+      <w:r w:rsidR="005C70D4" w:rsidRPr="005C70D4">
+        <w:rPr>
+          <w:rFonts w:cs="B Nazanin" w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="fa-IR"/>
+        </w:rPr>
+        <w:t>ی</w:t>
+      </w:r>
+      <w:r w:rsidR="005C70D4" w:rsidRPr="005C70D4">
+        <w:rPr>
+          <w:rFonts w:cs="B Nazanin" w:hint="eastAsia"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="fa-IR"/>
+        </w:rPr>
+        <w:t>ز</w:t>
+      </w:r>
+      <w:r w:rsidR="005C70D4" w:rsidRPr="005C70D4">
+        <w:rPr>
+          <w:rFonts w:cs="B Nazanin"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> برگزار شد شرکت داشتند.</w:t>
+      </w:r>
+      <w:r w:rsidR="00251EBB">
+        <w:rPr>
+          <w:rFonts w:cs="B Nazanin" w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DE7130" w:rsidRPr="005C70D4" w:rsidRDefault="005C70D4" w:rsidP="005C70D4">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cs="B Nazanin" w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="fa-IR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="B Nazanin" w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="fa-IR"/>
+        </w:rPr>
+        <w:t>عنوان پایان نامه : «</w:t>
+      </w:r>
+      <w:r w:rsidR="00251EBB">
+        <w:rPr>
+          <w:rFonts w:cs="B Nazanin" w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">         </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="B Nazanin" w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
+      <w:r w:rsidR="00251EBB">
+        <w:rPr>
+          <w:rFonts w:cs="B Nazanin" w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                </w:t>
+      </w:r>
+      <w:r w:rsidR="00251EBB" w:rsidRPr="00251EBB">
+        <w:rPr>
+          <w:rFonts w:cs="B Nazanin"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00251EBB">
+        <w:rPr>
+          <w:rFonts w:cs="B Nazanin" w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="B Nazanin" w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                            »</w:t>
+      </w:r>
+      <w:r w:rsidR="00251EBB">
+        <w:rPr>
+          <w:rFonts w:cs="B Nazanin" w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                   </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DE7130" w:rsidRPr="00AE5E95" w:rsidRDefault="00DE7130" w:rsidP="00DE7130">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="B Nazanin"/>
+          <w:rtl/>
+          <w:lang w:bidi="fa-IR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DE7130" w:rsidRPr="00AE5E95" w:rsidRDefault="00DE7130" w:rsidP="00DE7130">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="B Nazanin"/>
+          <w:rtl/>
+          <w:lang w:bidi="fa-IR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DE7130" w:rsidRPr="002B3702" w:rsidRDefault="00DE7130" w:rsidP="005C70D4">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:cs="B Nazanin"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="fa-IR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B3702">
+        <w:rPr>
+          <w:rFonts w:cs="B Nazanin" w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="fa-IR"/>
+        </w:rPr>
+        <w:t>دکتر منصور غفوری</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B3702">
+        <w:rPr>
+          <w:rFonts w:cs="B Nazanin"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="fa-IR"/>
+        </w:rPr>
+        <w:softHyphen/>
+      </w:r>
+      <w:r w:rsidRPr="002B3702">
+        <w:rPr>
+          <w:rFonts w:cs="B Nazanin" w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="fa-IR"/>
+        </w:rPr>
+        <w:t>فرد</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EA27EF" w:rsidRDefault="00DE7130" w:rsidP="00EA27EF">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:cs="B Nazanin" w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="fa-IR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B3702">
+        <w:rPr>
+          <w:rFonts w:cs="B Nazanin" w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="fa-IR"/>
+        </w:rPr>
+        <w:t>معاون تحقیقات و فناوری</w:t>
+      </w:r>
+      <w:r w:rsidR="005C70D4">
+        <w:rPr>
+          <w:rFonts w:cs="B Nazanin" w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> دانشکده</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EA27EF" w:rsidRDefault="00EA27EF" w:rsidP="00EA27EF">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:cs="B Nazanin" w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="fa-IR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00EA27EF" w:rsidRDefault="00EA27EF" w:rsidP="00EA27EF">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:cs="B Nazanin" w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="fa-IR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="B Nazanin" w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="fa-IR"/>
+        </w:rPr>
+        <w:t>-----------------------------------------------------------------------------------------</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EA27EF" w:rsidRDefault="00EA27EF" w:rsidP="00EA27EF">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:cs="B Nazanin" w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="fa-IR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00EA27EF" w:rsidRDefault="00EA27EF" w:rsidP="00EA27EF">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:cs="B Nazanin" w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="fa-IR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00EA27EF" w:rsidRDefault="00EA27EF" w:rsidP="00EA27EF">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:cs="B Nazanin"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="fa-IR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="B Nazanin" w:hint="cs"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:pict>
+          <v:roundrect id="_x0000_s1029" style="position:absolute;left:0;text-align:left;margin-left:76.5pt;margin-top:10.25pt;width:183pt;height:33.75pt;z-index:251662336" arcsize="10923f" stroked="f">
+            <v:textbox style="mso-next-textbox:#_x0000_s1029">
+              <w:txbxContent>
+                <w:p w:rsidR="00EA27EF" w:rsidRPr="00AE5E95" w:rsidRDefault="00EA27EF" w:rsidP="00EA27EF">
+                  <w:pPr>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:rFonts w:cs="B Titr" w:hint="cs"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:lang w:bidi="fa-IR"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:cs="B Titr" w:hint="cs"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:sz w:val="24"/>
+                      <w:rtl/>
+                      <w:lang w:bidi="fa-IR"/>
+                    </w:rPr>
+                    <w:t>«</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00AE5E95">
+                    <w:rPr>
+                      <w:rFonts w:cs="B Titr" w:hint="cs"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:sz w:val="24"/>
+                      <w:rtl/>
+                      <w:lang w:bidi="fa-IR"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">گواهی شرکت در جلسه دفاع </w:t>
+                  </w:r>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:cs="B Titr" w:hint="cs"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:sz w:val="24"/>
+                      <w:rtl/>
+                      <w:lang w:bidi="fa-IR"/>
+                    </w:rPr>
+                    <w:t>»</w:t>
+                  </w:r>
+                </w:p>
+              </w:txbxContent>
+            </v:textbox>
+            <w10:wrap type="square" anchorx="page"/>
+          </v:roundrect>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EA27EF" w:rsidRDefault="00EA27EF" w:rsidP="00EA27EF">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="B Nazanin" w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="fa-IR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="B Nazanin" w:hint="cs"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:drawing>
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1">
+            <wp:simplePos x="0" y="0"/>
+            <wp:positionH relativeFrom="page">
+              <wp:posOffset>4810125</wp:posOffset>
+            </wp:positionH>
+            <wp:positionV relativeFrom="paragraph">
+              <wp:posOffset>-619125</wp:posOffset>
+            </wp:positionV>
+            <wp:extent cx="2124075" cy="1095375"/>
+            <wp:effectExtent l="19050" t="0" r="9525" b="0"/>
+            <wp:wrapNone/>
+            <wp:docPr id="1" name="Picture 204"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="Picture 204"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId4" cstate="print"/>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="2124075" cy="1095375"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln w="9525">
+                      <a:noFill/>
+                      <a:miter lim="800000"/>
+                      <a:headEnd/>
+                      <a:tailEnd/>
+                    </a:ln>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:anchor>
+        </w:drawing>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="B Nazanin" w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                              </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EA27EF" w:rsidRDefault="00EA27EF" w:rsidP="00EA27EF">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="B Nazanin" w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="fa-IR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00EA27EF" w:rsidRPr="00DE7130" w:rsidRDefault="00EA27EF" w:rsidP="00EA27EF">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="B Nazanin"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-[...145 lines deleted...]
-          <w:rFonts w:cs="B Nazanin"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="fa-IR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DE7130">
+        <w:rPr>
+          <w:rFonts w:cs="B Nazanin" w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE7130">
+        <w:rPr>
+          <w:rFonts w:cs="B Nazanin" w:hint="cs"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-[...7 lines deleted...]
-          <w:rFonts w:cs="B Nazanin" w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="fa-IR"/>
+        </w:rPr>
+        <w:t>بدینوسیله گواهی می</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE7130">
+        <w:rPr>
+          <w:rFonts w:cs="B Nazanin"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-[...6 lines deleted...]
-      <w:r>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="fa-IR"/>
+        </w:rPr>
+        <w:softHyphen/>
+      </w:r>
+      <w:r w:rsidRPr="00DE7130">
         <w:rPr>
           <w:rFonts w:cs="B Nazanin" w:hint="cs"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-[...132 lines deleted...]
-          <w:rFonts w:cs="B Nazanin"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">شود </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="B Nazanin" w:hint="cs"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-[...83 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:bidi="fa-IR"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="75C8CA10" w14:textId="77777777" w:rsidR="00E43263" w:rsidRDefault="00697957" w:rsidP="00697957">
-[...2174 lines deleted...]
-      <w:headerReference w:type="default" r:id="rId6"/>
+    <w:p w:rsidR="00EA27EF" w:rsidRDefault="00EA27EF" w:rsidP="00EA27EF">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cs="B Nazanin" w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="fa-IR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B3702">
+        <w:rPr>
+          <w:rFonts w:cs="B Nazanin" w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="fa-IR"/>
+        </w:rPr>
+        <w:t>آقای/ خانم</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="B Nazanin" w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                            دانشجوی رشته                           مقطع                 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B3702">
+        <w:rPr>
+          <w:rFonts w:cs="B Nazanin" w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="fa-IR"/>
+        </w:rPr>
+        <w:t>در جلسه دفاع نهائی از پایان</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B3702">
+        <w:rPr>
+          <w:rFonts w:cs="B Nazanin"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="fa-IR"/>
+        </w:rPr>
+        <w:softHyphen/>
+      </w:r>
+      <w:r w:rsidRPr="002B3702">
+        <w:rPr>
+          <w:rFonts w:cs="B Nazanin" w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="fa-IR"/>
+        </w:rPr>
+        <w:t>نامه</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="B Nazanin" w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> آقای/ خانم</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00251EBB">
+        <w:rPr>
+          <w:rFonts w:cs="B Nazanin"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="B Nazanin" w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00251EBB">
+        <w:rPr>
+          <w:rFonts w:cs="B Nazanin"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="B Nazanin" w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="fa-IR"/>
+        </w:rPr>
+        <w:t>که</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00251EBB">
+        <w:rPr>
+          <w:rFonts w:cs="B Nazanin"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="B Nazanin" w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">در تاریخ                    </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C70D4">
+        <w:rPr>
+          <w:rFonts w:cs="B Nazanin"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="fa-IR"/>
+        </w:rPr>
+        <w:t>در دانشکده پرستار</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C70D4">
+        <w:rPr>
+          <w:rFonts w:cs="B Nazanin" w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="fa-IR"/>
+        </w:rPr>
+        <w:t>ی</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C70D4">
+        <w:rPr>
+          <w:rFonts w:cs="B Nazanin"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> و ماما</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C70D4">
+        <w:rPr>
+          <w:rFonts w:cs="B Nazanin" w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="fa-IR"/>
+        </w:rPr>
+        <w:t>یی</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C70D4">
+        <w:rPr>
+          <w:rFonts w:cs="B Nazanin"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> تبر</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C70D4">
+        <w:rPr>
+          <w:rFonts w:cs="B Nazanin" w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="fa-IR"/>
+        </w:rPr>
+        <w:t>ی</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C70D4">
+        <w:rPr>
+          <w:rFonts w:cs="B Nazanin" w:hint="eastAsia"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="fa-IR"/>
+        </w:rPr>
+        <w:t>ز</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C70D4">
+        <w:rPr>
+          <w:rFonts w:cs="B Nazanin"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> برگزار شد شرکت داشتند.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="B Nazanin" w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EA27EF" w:rsidRPr="005C70D4" w:rsidRDefault="00EA27EF" w:rsidP="00EA27EF">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cs="B Nazanin" w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="fa-IR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="B Nazanin" w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">عنوان پایان نامه : «                                </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00251EBB">
+        <w:rPr>
+          <w:rFonts w:cs="B Nazanin"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="B Nazanin" w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                             »                                   </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002B36BA" w:rsidRDefault="002B36BA" w:rsidP="00EA27EF">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:cs="B Nazanin" w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="fa-IR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00EA27EF" w:rsidRPr="002B3702" w:rsidRDefault="00EA27EF" w:rsidP="00EA27EF">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:cs="B Nazanin"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="fa-IR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B3702">
+        <w:rPr>
+          <w:rFonts w:cs="B Nazanin" w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="fa-IR"/>
+        </w:rPr>
+        <w:t>دکتر منصور غفوری</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B3702">
+        <w:rPr>
+          <w:rFonts w:cs="B Nazanin"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="fa-IR"/>
+        </w:rPr>
+        <w:softHyphen/>
+      </w:r>
+      <w:r w:rsidRPr="002B3702">
+        <w:rPr>
+          <w:rFonts w:cs="B Nazanin" w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="fa-IR"/>
+        </w:rPr>
+        <w:t>فرد</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EA27EF" w:rsidRDefault="00EA27EF" w:rsidP="00EA27EF">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:cs="B Nazanin"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="fa-IR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B3702">
+        <w:rPr>
+          <w:rFonts w:cs="B Nazanin" w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="fa-IR"/>
+        </w:rPr>
+        <w:t>معاون تحقیقات و فناوری</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="B Nazanin" w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> دانشکده</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00ED6B1A" w:rsidRDefault="00ED6B1A"/>
+    <w:sectPr w:rsidR="00ED6B1A" w:rsidSect="002B36BA">
       <w:pgSz w:w="12240" w:h="15840"/>
-      <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
-      <w:cols w:space="720"/>
+      <w:pgMar w:top="1440" w:right="1440" w:bottom="851" w:left="1440" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
-<file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-[...23 lines deleted...]
-
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Segoe UI">
-    <w:panose1 w:val="020B0502040204020203"/>
+  <w:font w:name="Traditional Arabic">
+    <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
-    <w:family w:val="swiss"/>
+    <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="00002003" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000041" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="B Nazanin">
+    <w:panose1 w:val="00000400000000000000"/>
+    <w:charset w:val="B2"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00002001" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="B Titr">
     <w:panose1 w:val="00000700000000000000"/>
     <w:charset w:val="B2"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002001" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="B Nazanin">
-[...2 lines deleted...]
-    <w:family w:val="auto"/>
+  <w:font w:name="Cambria">
+    <w:panose1 w:val="02040503050406030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00002001" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
-[...6 lines deleted...]
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
-<file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-[...46 lines deleted...]
-
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:proofState w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:footnotePr>
-[...14 lines deleted...]
-  </w:compat>
+  <w:compat/>
   <w:rsids>
-    <w:rsidRoot w:val="0038446F"/>
-[...10 lines deleted...]
-    <w:rsid w:val="00E43263"/>
+    <w:rsidRoot w:val="00DE7130"/>
+    <w:rsid w:val="00251EBB"/>
+    <w:rsid w:val="002B36BA"/>
+    <w:rsid w:val="005C70D4"/>
+    <w:rsid w:val="00DE7130"/>
+    <w:rsid w:val="00EA27EF"/>
+    <w:rsid w:val="00ED6B1A"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
-    <m:smallFrac m:val="0"/>
+    <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="1026"/>
+    <o:shapedefaults v:ext="edit" spidmax="1030"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
-  <w:listSeparator w:val=","/>
-[...2 lines deleted...]
-  <w15:docId w15:val="{0BFA1499-8EAF-40E7-B2DE-DC9384E554EF}"/>
+  <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
-        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
-[...375 lines deleted...]
-    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
+    <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="toc 1" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 2" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 3" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 4" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 5" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 6" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 7" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 8" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 9" w:uiPriority="39"/>
+    <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
+    <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:semiHidden="0" w:uiPriority="30" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 1" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 2" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 2" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 3" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 3" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 4" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 4" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 5" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 5" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
+    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
+    <w:rsid w:val="00DE7130"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Traditional Arabic"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
+    <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid">
-[...91 lines deleted...]
-  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
-  <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="44546A"/>
+        <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="E7E6E6"/>
+        <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="5B9BD5"/>
+        <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="ED7D31"/>
+        <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="A5A5A5"/>
+        <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="FFC000"/>
+        <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4472C4"/>
+        <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="70AD47"/>
+        <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0563C1"/>
+        <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="954F72"/>
+        <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
+        <a:latin typeface="Cambria"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
-        <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ 明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
-        <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:lumMod val="110000"/>
-[...1 lines deleted...]
-                <a:tint val="67000"/>
+                <a:tint val="50000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="35000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="73000"/>
+                <a:tint val="37000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="81000"/>
+                <a:tint val="15000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="1"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:satMod val="103000"/>
-[...1 lines deleted...]
-                <a:tint val="94000"/>
+                <a:shade val="51000"/>
+                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="80000">
               <a:schemeClr val="phClr">
-                <a:satMod val="110000"/>
-[...1 lines deleted...]
-                <a:shade val="100000"/>
+                <a:shade val="93000"/>
+                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="99000"/>
-[...1 lines deleted...]
-                <a:shade val="78000"/>
+                <a:shade val="94000"/>
+                <a:satMod val="135000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr">
+              <a:shade val="95000"/>
+              <a:satMod val="105000"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
-[...6 lines deleted...]
-          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
-          <a:effectLst/>
-[...2 lines deleted...]
-          <a:effectLst/>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="38000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="63000"/>
+                <a:alpha val="35000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="35000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+          <a:scene3d>
+            <a:camera prst="orthographicFront">
+              <a:rot lat="0" lon="0" rev="0"/>
+            </a:camera>
+            <a:lightRig rig="threePt" dir="t">
+              <a:rot lat="0" lon="0" rev="1200000"/>
+            </a:lightRig>
+          </a:scene3d>
+          <a:sp3d>
+            <a:bevelT w="63500" h="25400"/>
+          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
-        <a:solidFill>
-[...4 lines deleted...]
-        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="93000"/>
-[...2 lines deleted...]
-                <a:lumMod val="102000"/>
+                <a:tint val="40000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="40000">
               <a:schemeClr val="phClr">
-                <a:tint val="98000"/>
-[...2 lines deleted...]
-                <a:lumMod val="103000"/>
+                <a:tint val="45000"/>
+                <a:shade val="99000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="63000"/>
-                <a:satMod val="120000"/>
+                <a:shade val="20000"/>
+                <a:satMod val="255000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="-80000" r="50000" b="180000"/>
+          </a:path>
+        </a:gradFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="80000"/>
+                <a:satMod val="300000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="30000"/>
+                <a:satMod val="200000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
+          </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
-  <a:extLst>
-[...3 lines deleted...]
-  </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>4</Pages>
-[...1 lines deleted...]
-  <Characters>10359</Characters>
+  <Pages>1</Pages>
+  <Words>180</Words>
+  <Characters>1029</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>86</Lines>
-  <Paragraphs>24</Paragraphs>
+  <Lines>8</Lines>
+  <Paragraphs>2</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>12152</CharactersWithSpaces>
+  <CharactersWithSpaces>1207</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title/>
-[...3 lines deleted...]
-  <dc:description/>
+  <dc:creator>SONY</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
-  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>