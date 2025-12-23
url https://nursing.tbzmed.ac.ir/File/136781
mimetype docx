--- v0 (2025-10-14)
+++ v1 (2025-12-23)
@@ -1,11569 +1,4462 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="png" ContentType="image/png"/>
+  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
-  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:body>
-    <w:p w:rsidR="00A456B3" w:rsidRPr="00641F3D" w:rsidRDefault="00A456B3" w:rsidP="00A456B3">
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:bidiVisual/>
+        <w:tblW w:w="9658" w:type="dxa"/>
+        <w:tblInd w:w="-240" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2995"/>
+        <w:gridCol w:w="6663"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00620E9F" w:rsidRPr="00620E9F" w:rsidTr="00F0300E">
+        <w:trPr>
+          <w:trHeight w:val="1370"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2995" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00620E9F" w:rsidRPr="00620E9F" w:rsidRDefault="00B54F88" w:rsidP="00620E9F">
+            <w:pPr>
+              <w:spacing w:after="160" w:line="192" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="IranNastaliq" w:eastAsia="Calibri" w:hAnsi="IranNastaliq" w:cs="IranNastaliq"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+            <w:bookmarkEnd w:id="0"/>
+            <w:r w:rsidRPr="003D1960">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="B Nazanin"/>
+                <w:noProof/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:drawing>
+                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0929F836" wp14:editId="2A23F12E">
+                  <wp:extent cx="1139437" cy="1276350"/>
+                  <wp:effectExtent l="0" t="0" r="3810" b="0"/>
+                  <wp:docPr id="52" name="Picture 52" descr="title"/>
+                  <wp:cNvGraphicFramePr>
+                    <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+                  </wp:cNvGraphicFramePr>
+                  <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                    <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                      <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                        <pic:nvPicPr>
+                          <pic:cNvPr id="0" name="Picture 10" descr="title"/>
+                          <pic:cNvPicPr>
+                            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                          </pic:cNvPicPr>
+                        </pic:nvPicPr>
+                        <pic:blipFill>
+                          <a:blip r:embed="rId5" cstate="print">
+                            <a:extLst>
+                              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                              </a:ext>
+                            </a:extLst>
+                          </a:blip>
+                          <a:srcRect l="83379"/>
+                          <a:stretch>
+                            <a:fillRect/>
+                          </a:stretch>
+                        </pic:blipFill>
+                        <pic:spPr bwMode="auto">
+                          <a:xfrm>
+                            <a:off x="0" y="0"/>
+                            <a:ext cx="1146552" cy="1284319"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                          <a:noFill/>
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                        </pic:spPr>
+                      </pic:pic>
+                    </a:graphicData>
+                  </a:graphic>
+                </wp:inline>
+              </w:drawing>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6663" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00620E9F" w:rsidRPr="00620E9F" w:rsidRDefault="00620E9F" w:rsidP="00620E9F">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FAFAFA"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="B Titr"/>
+                <w:color w:val="1C38C7"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00620E9F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="B Titr"/>
+                <w:color w:val="1C38C7"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>فرم رضایت گیرندگان خدمت و سازمانه ای ذینفع از عملکرد دانش آموختگان مامایی</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00620E9F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="B Titr" w:hint="cs"/>
+                <w:color w:val="1C38C7"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>/ مشاوره در مامائی</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00620E9F" w:rsidRPr="00620E9F" w:rsidRDefault="00620E9F" w:rsidP="00620E9F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="top"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="B Titr"/>
+                <w:color w:val="1C38C7"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="000B632A" w:rsidRPr="00753F48" w:rsidRDefault="00E15BEA" w:rsidP="00620E9F">
       <w:pPr>
-        <w:bidi/>
-        <w:spacing w:after="0"/>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="6" w:space="11" w:color="DDDDDD"/>
+        </w:pBdr>
+        <w:spacing w:after="150" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="-240"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...1 lines deleted...]
-          <w:color w:val="2F5496" w:themeColor="accent5" w:themeShade="BF"/>
+        <w:textAlignment w:val="top"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="B Koodak"/>
+          <w:color w:val="161820"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-[...27 lines deleted...]
-          <w:rtl/>
+      <w:r w:rsidRPr="00753F48">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="B Koodak"/>
+          <w:color w:val="161820"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>مدیر/سرپرست/ریاست محترم</w:t>
+      </w:r>
+      <w:r w:rsidR="00015408">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="B Koodak" w:hint="cs"/>
+          <w:color w:val="161820"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> مرکز </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00753F48">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="B Koodak"/>
+          <w:color w:val="161820"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>.........</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000473F5" w:rsidRPr="00753F48" w:rsidRDefault="00E15BEA" w:rsidP="00B54F88">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="6" w:space="11" w:color="DDDDDD"/>
+        </w:pBdr>
+        <w:spacing w:after="150" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="-240"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="top"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="B Koodak"/>
+          <w:color w:val="161820"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00753F48">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="B Koodak"/>
+          <w:color w:val="161820"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>این</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00753F48">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="B Koodak"/>
+          <w:color w:val="161820"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00641F3D">
-[...15 lines deleted...]
-          <w:rtl/>
+      <w:r w:rsidRPr="00753F48">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="B Koodak"/>
+          <w:color w:val="161820"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>پرسشنامه</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00753F48">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="B Koodak"/>
+          <w:color w:val="161820"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00641F3D">
-[...15 lines deleted...]
-          <w:rtl/>
+      <w:r w:rsidRPr="00753F48">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="B Koodak"/>
+          <w:color w:val="161820"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>به</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00753F48">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="B Koodak"/>
+          <w:color w:val="161820"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00641F3D">
-[...15 lines deleted...]
-          <w:rtl/>
+      <w:r w:rsidRPr="00753F48">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="B Koodak"/>
+          <w:color w:val="161820"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>منظور</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00753F48">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="B Koodak"/>
+          <w:color w:val="161820"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00641F3D">
-[...15 lines deleted...]
-          <w:rtl/>
+      <w:r w:rsidRPr="00753F48">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="B Koodak"/>
+          <w:color w:val="161820"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>سنجش</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00753F48">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="B Koodak"/>
+          <w:color w:val="161820"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00641F3D">
-[...15 lines deleted...]
-          <w:rtl/>
+      <w:r w:rsidRPr="00753F48">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="B Koodak"/>
+          <w:color w:val="161820"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>میزان</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00753F48">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="B Koodak"/>
+          <w:color w:val="161820"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00641F3D">
-[...15 lines deleted...]
-          <w:rtl/>
+      <w:r w:rsidRPr="00753F48">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="B Koodak"/>
+          <w:color w:val="161820"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>رضایت</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00753F48">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="B Koodak"/>
+          <w:color w:val="161820"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00641F3D">
-[...7 lines deleted...]
-        <w:t>عربی</w:t>
+      <w:r w:rsidR="000B632A" w:rsidRPr="00753F48">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="B Koodak"/>
+          <w:color w:val="161820"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>جنابعالی</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00753F48">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="B Koodak"/>
+          <w:color w:val="161820"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00753F48">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="B Koodak"/>
+          <w:color w:val="161820"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>از</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00753F48">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="B Koodak"/>
+          <w:color w:val="161820"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00753F48">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="B Koodak"/>
+          <w:color w:val="161820"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>سطح توانمندی و مهارت های</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00753F48">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="B Koodak"/>
+          <w:color w:val="161820"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00753F48">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="B Koodak"/>
+          <w:color w:val="161820"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve">دانش آموختگان </w:t>
+      </w:r>
+      <w:r w:rsidR="006460F9" w:rsidRPr="00753F48">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="B Koodak" w:hint="cs"/>
+          <w:color w:val="161820"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>کارشناسی</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00753F48">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="B Koodak"/>
+          <w:color w:val="161820"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD46BD" w:rsidRPr="00753F48">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="B Koodak"/>
+          <w:color w:val="161820"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>مامایی</w:t>
+      </w:r>
+      <w:r w:rsidR="006460F9" w:rsidRPr="00753F48">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="B Koodak"/>
+          <w:color w:val="161820"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidR="006460F9" w:rsidRPr="00753F48">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="B Koodak" w:hint="cs"/>
+          <w:color w:val="161820"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve">کارشناسی ارشد مشاوره در مامایی فارغ التحصیل </w:t>
+      </w:r>
+      <w:r w:rsidR="00E12255">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="B Koodak" w:hint="cs"/>
+          <w:color w:val="161820"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>سال.....</w:t>
+      </w:r>
+      <w:r w:rsidR="006460F9" w:rsidRPr="00753F48">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="B Koodak" w:hint="cs"/>
+          <w:color w:val="161820"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>از</w:t>
+      </w:r>
+      <w:r w:rsidR="000B632A" w:rsidRPr="00753F48">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="B Koodak"/>
+          <w:color w:val="161820"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="006460F9" w:rsidRPr="00753F48">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="B Koodak" w:hint="cs"/>
+          <w:color w:val="161820"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve">دانشگاه علوم پزشکی </w:t>
+      </w:r>
+      <w:r w:rsidR="00B54F88">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="B Koodak" w:hint="cs"/>
+          <w:color w:val="161820"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>تبریز</w:t>
+      </w:r>
+      <w:r w:rsidR="006460F9" w:rsidRPr="00753F48">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="B Koodak" w:hint="cs"/>
+          <w:color w:val="161820"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00753F48">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="B Koodak"/>
+          <w:color w:val="161820"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>ارائه</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00753F48">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="B Koodak"/>
+          <w:color w:val="161820"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00753F48">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="B Koodak"/>
+          <w:color w:val="161820"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>شده</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00753F48">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="B Koodak"/>
+          <w:color w:val="161820"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00753F48">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="B Koodak"/>
+          <w:color w:val="161820"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>است</w:t>
+      </w:r>
+      <w:r w:rsidR="00015408">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="B Koodak" w:hint="cs"/>
+          <w:color w:val="161820"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00753F48">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="B Koodak"/>
+          <w:color w:val="161820"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00753F48">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="B Koodak"/>
+          <w:color w:val="161820"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>خواهشمند</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00753F48">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="B Koodak"/>
+          <w:color w:val="161820"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00753F48">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="B Koodak"/>
+          <w:color w:val="161820"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>است</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00753F48">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="B Koodak"/>
+          <w:color w:val="161820"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00753F48">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="B Koodak"/>
+          <w:color w:val="161820"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>به</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00753F48">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="B Koodak"/>
+          <w:color w:val="161820"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00753F48">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="B Koodak"/>
+          <w:color w:val="161820"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>سؤالات</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00753F48">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="B Koodak"/>
+          <w:color w:val="161820"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00753F48">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="B Koodak"/>
+          <w:color w:val="161820"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>با</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00753F48">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="B Koodak"/>
+          <w:color w:val="161820"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00753F48">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="B Koodak"/>
+          <w:color w:val="161820"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>دقت</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00753F48">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="B Koodak"/>
+          <w:color w:val="161820"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00753F48">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="B Koodak"/>
+          <w:color w:val="161820"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>پاسخ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00753F48">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="B Koodak"/>
+          <w:color w:val="161820"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00753F48">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="B Koodak"/>
+          <w:color w:val="161820"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>دهید</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00753F48">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="B Koodak"/>
+          <w:color w:val="161820"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00753F48">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="B Koodak"/>
+          <w:color w:val="161820"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>تا</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00753F48">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="B Koodak"/>
+          <w:color w:val="161820"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00753F48">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="B Koodak"/>
+          <w:color w:val="161820"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>در</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00753F48">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="B Koodak"/>
+          <w:color w:val="161820"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00753F48">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="B Koodak"/>
+          <w:color w:val="161820"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>افزایش سطح</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00753F48">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="B Koodak"/>
+          <w:color w:val="161820"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00753F48">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="B Koodak"/>
+          <w:color w:val="161820"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>کیفی</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00753F48">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="B Koodak"/>
+          <w:color w:val="161820"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="000B632A" w:rsidRPr="00753F48">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="B Koodak"/>
+          <w:color w:val="161820"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve">آموزش </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00753F48">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="B Koodak"/>
+          <w:color w:val="161820"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>دانشجویان</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00753F48">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="B Koodak"/>
+          <w:color w:val="161820"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00620E9F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="B Koodak" w:hint="cs"/>
+          <w:color w:val="161820"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>و</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00753F48">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="B Koodak"/>
+          <w:color w:val="161820"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> بهبود برنامه های آموزشی دانشکده سهیم</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00753F48">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="B Koodak"/>
+          <w:color w:val="161820"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00753F48">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="B Koodak"/>
+          <w:color w:val="161820"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>باشید</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00753F48">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="B Koodak"/>
+          <w:color w:val="161820"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A456B3" w:rsidRDefault="00A456B3" w:rsidP="00A456B3">
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:bidiVisual/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="-364" w:type="dxa"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="5269"/>
+        <w:gridCol w:w="1273"/>
+        <w:gridCol w:w="664"/>
+        <w:gridCol w:w="877"/>
+        <w:gridCol w:w="556"/>
+        <w:gridCol w:w="967"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="006476F1" w:rsidRPr="00620E9F" w:rsidTr="00015408">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5269" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="006476F1" w:rsidRPr="00753F48" w:rsidRDefault="006476F1" w:rsidP="00015408">
+            <w:pPr>
+              <w:ind w:left="-240"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="top"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="B Koodak"/>
+                <w:color w:val="161820"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00753F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="B Koodak"/>
+                <w:color w:val="161820"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>گویه ها</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1273" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="006476F1" w:rsidRPr="00753F48" w:rsidRDefault="006476F1" w:rsidP="00015408">
+            <w:pPr>
+              <w:ind w:left="-240"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="top"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="B Koodak"/>
+                <w:color w:val="161820"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00753F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="B Koodak"/>
+                <w:color w:val="161820"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>بسیارخوب</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="664" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="006476F1" w:rsidRPr="00753F48" w:rsidRDefault="006476F1" w:rsidP="00015408">
+            <w:pPr>
+              <w:ind w:left="-240"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="top"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="B Koodak"/>
+                <w:color w:val="161820"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00753F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="B Koodak"/>
+                <w:color w:val="161820"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>خوب</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="877" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="006476F1" w:rsidRPr="00753F48" w:rsidRDefault="006476F1" w:rsidP="00015408">
+            <w:pPr>
+              <w:ind w:left="-240"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="top"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="B Koodak"/>
+                <w:color w:val="161820"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00753F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="B Koodak"/>
+                <w:color w:val="161820"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>متوسط</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="556" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="006476F1" w:rsidRPr="00753F48" w:rsidRDefault="006476F1" w:rsidP="00015408">
+            <w:pPr>
+              <w:ind w:left="-240"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="top"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="B Koodak"/>
+                <w:color w:val="161820"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00753F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="B Koodak"/>
+                <w:color w:val="161820"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>بد</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="967" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="006476F1" w:rsidRPr="00753F48" w:rsidRDefault="006476F1" w:rsidP="00015408">
+            <w:pPr>
+              <w:ind w:left="-240"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="top"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="B Koodak"/>
+                <w:color w:val="161820"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00753F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="B Koodak"/>
+                <w:color w:val="161820"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>خیلی بد</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006476F1" w:rsidRPr="00620E9F" w:rsidTr="00015408">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5269" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="006476F1" w:rsidRPr="00620E9F" w:rsidRDefault="006476F1" w:rsidP="00015408">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="top"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="B Koodak"/>
+                <w:color w:val="161820"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00620E9F">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="B Koodak"/>
+                <w:color w:val="161820"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>برخ</w:t>
+            </w:r>
+            <w:r w:rsidR="00AD46BD" w:rsidRPr="00620E9F">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="B Koodak"/>
+                <w:color w:val="161820"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>ورد مناسب و محترمانه با همکاران</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1273" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="006476F1" w:rsidRPr="00753F48" w:rsidRDefault="006476F1" w:rsidP="00015408">
+            <w:pPr>
+              <w:ind w:left="-240"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="top"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="B Koodak"/>
+                <w:color w:val="161820"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="664" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="006476F1" w:rsidRPr="00753F48" w:rsidRDefault="006476F1" w:rsidP="00015408">
+            <w:pPr>
+              <w:ind w:left="-240"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="top"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="B Koodak"/>
+                <w:color w:val="161820"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="877" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="006476F1" w:rsidRPr="00753F48" w:rsidRDefault="006476F1" w:rsidP="00015408">
+            <w:pPr>
+              <w:ind w:left="-240"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="top"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="B Koodak"/>
+                <w:color w:val="161820"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="556" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="006476F1" w:rsidRPr="00753F48" w:rsidRDefault="006476F1" w:rsidP="00015408">
+            <w:pPr>
+              <w:ind w:left="-240"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="top"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="B Koodak"/>
+                <w:color w:val="161820"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="967" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="006476F1" w:rsidRPr="00753F48" w:rsidRDefault="006476F1" w:rsidP="00015408">
+            <w:pPr>
+              <w:ind w:left="-240"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="top"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="B Koodak"/>
+                <w:color w:val="161820"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AD46BD" w:rsidRPr="00620E9F" w:rsidTr="00015408">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5269" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00AD46BD" w:rsidRPr="00620E9F" w:rsidRDefault="00AD46BD" w:rsidP="00015408">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="top"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="B Koodak"/>
+                <w:color w:val="161820"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00620E9F">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="B Koodak"/>
+                <w:color w:val="161820"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>برخورد مناسب و محترمانه با بیماران و همراهان در بخش</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1273" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00AD46BD" w:rsidRPr="00753F48" w:rsidRDefault="00AD46BD" w:rsidP="00015408">
+            <w:pPr>
+              <w:ind w:left="-240"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="top"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="B Koodak"/>
+                <w:color w:val="161820"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="664" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00AD46BD" w:rsidRPr="00753F48" w:rsidRDefault="00AD46BD" w:rsidP="00015408">
+            <w:pPr>
+              <w:ind w:left="-240"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="top"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="B Koodak"/>
+                <w:color w:val="161820"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="877" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00AD46BD" w:rsidRPr="00753F48" w:rsidRDefault="00AD46BD" w:rsidP="00015408">
+            <w:pPr>
+              <w:ind w:left="-240"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="top"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="B Koodak"/>
+                <w:color w:val="161820"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="556" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00AD46BD" w:rsidRPr="00753F48" w:rsidRDefault="00AD46BD" w:rsidP="00015408">
+            <w:pPr>
+              <w:ind w:left="-240"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="top"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="B Koodak"/>
+                <w:color w:val="161820"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="967" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00AD46BD" w:rsidRPr="00753F48" w:rsidRDefault="00AD46BD" w:rsidP="00015408">
+            <w:pPr>
+              <w:ind w:left="-240"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="top"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="B Koodak"/>
+                <w:color w:val="161820"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006476F1" w:rsidRPr="00620E9F" w:rsidTr="00015408">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5269" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="006476F1" w:rsidRPr="00620E9F" w:rsidRDefault="006476F1" w:rsidP="00015408">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="top"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="B Koodak"/>
+                <w:color w:val="161820"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00620E9F">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="B Koodak"/>
+                <w:color w:val="161820"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>رعایت</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00620E9F">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="B Koodak"/>
+                <w:color w:val="161820"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00620E9F">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="B Koodak"/>
+                <w:color w:val="161820"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>نظم</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00620E9F">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="B Koodak"/>
+                <w:color w:val="161820"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00620E9F">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="B Koodak"/>
+                <w:color w:val="161820"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>و</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00620E9F">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="B Koodak"/>
+                <w:color w:val="161820"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00620E9F">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="B Koodak"/>
+                <w:color w:val="161820"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>انضباط در بخش مربوطه</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1273" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="006476F1" w:rsidRPr="00753F48" w:rsidRDefault="006476F1" w:rsidP="00015408">
+            <w:pPr>
+              <w:ind w:left="-240"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="top"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="B Koodak"/>
+                <w:color w:val="161820"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="664" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="006476F1" w:rsidRPr="00753F48" w:rsidRDefault="006476F1" w:rsidP="00015408">
+            <w:pPr>
+              <w:ind w:left="-240"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="top"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="B Koodak"/>
+                <w:color w:val="161820"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="877" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="006476F1" w:rsidRPr="00753F48" w:rsidRDefault="006476F1" w:rsidP="00015408">
+            <w:pPr>
+              <w:ind w:left="-240"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="top"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="B Koodak"/>
+                <w:color w:val="161820"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="556" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="006476F1" w:rsidRPr="00753F48" w:rsidRDefault="006476F1" w:rsidP="00015408">
+            <w:pPr>
+              <w:ind w:left="-240"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="top"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="B Koodak"/>
+                <w:color w:val="161820"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="967" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="006476F1" w:rsidRPr="00753F48" w:rsidRDefault="006476F1" w:rsidP="00015408">
+            <w:pPr>
+              <w:ind w:left="-240"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="top"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="B Koodak"/>
+                <w:color w:val="161820"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006476F1" w:rsidRPr="00620E9F" w:rsidTr="00015408">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5269" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="006476F1" w:rsidRPr="00620E9F" w:rsidRDefault="006476F1" w:rsidP="00015408">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="top"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="B Koodak"/>
+                <w:color w:val="161820"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00620E9F">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="B Koodak"/>
+                <w:color w:val="161820"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>تعهد و مسئولیت پذیری</w:t>
+            </w:r>
+            <w:r w:rsidR="006629FD" w:rsidRPr="00620E9F">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="B Koodak"/>
+                <w:color w:val="161820"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t xml:space="preserve"> در اجرای کارها</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1273" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="006476F1" w:rsidRPr="00753F48" w:rsidRDefault="006476F1" w:rsidP="00015408">
+            <w:pPr>
+              <w:ind w:left="-240"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="top"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="B Koodak"/>
+                <w:color w:val="161820"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="664" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="006476F1" w:rsidRPr="00753F48" w:rsidRDefault="006476F1" w:rsidP="00015408">
+            <w:pPr>
+              <w:ind w:left="-240"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="top"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="B Koodak"/>
+                <w:color w:val="161820"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="877" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="006476F1" w:rsidRPr="00753F48" w:rsidRDefault="006476F1" w:rsidP="00015408">
+            <w:pPr>
+              <w:ind w:left="-240"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="top"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="B Koodak"/>
+                <w:color w:val="161820"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="556" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="006476F1" w:rsidRPr="00753F48" w:rsidRDefault="006476F1" w:rsidP="00015408">
+            <w:pPr>
+              <w:ind w:left="-240"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="top"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="B Koodak"/>
+                <w:color w:val="161820"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="967" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="006476F1" w:rsidRPr="00753F48" w:rsidRDefault="006476F1" w:rsidP="00015408">
+            <w:pPr>
+              <w:ind w:left="-240"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="top"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="B Koodak"/>
+                <w:color w:val="161820"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006476F1" w:rsidRPr="00620E9F" w:rsidTr="00015408">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5269" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="006476F1" w:rsidRPr="00620E9F" w:rsidRDefault="006629FD" w:rsidP="00015408">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="top"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="B Koodak"/>
+                <w:color w:val="161820"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00620E9F">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="B Koodak"/>
+                <w:color w:val="161820"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>دانش کافی در انجام</w:t>
+            </w:r>
+            <w:r w:rsidR="00B3223F" w:rsidRPr="00620E9F">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="B Koodak"/>
+                <w:color w:val="161820"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t xml:space="preserve"> مراقبت های </w:t>
+            </w:r>
+            <w:r w:rsidR="00AD46BD" w:rsidRPr="00620E9F">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="B Koodak"/>
+                <w:color w:val="161820"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>مربوطه</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1273" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="006476F1" w:rsidRPr="00753F48" w:rsidRDefault="006476F1" w:rsidP="00015408">
+            <w:pPr>
+              <w:ind w:left="-240"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="top"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="B Koodak"/>
+                <w:color w:val="161820"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="664" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="006476F1" w:rsidRPr="00753F48" w:rsidRDefault="006476F1" w:rsidP="00015408">
+            <w:pPr>
+              <w:ind w:left="-240"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="top"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="B Koodak"/>
+                <w:color w:val="161820"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="877" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="006476F1" w:rsidRPr="00753F48" w:rsidRDefault="006476F1" w:rsidP="00015408">
+            <w:pPr>
+              <w:ind w:left="-240"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="top"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="B Koodak"/>
+                <w:color w:val="161820"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="556" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="006476F1" w:rsidRPr="00753F48" w:rsidRDefault="006476F1" w:rsidP="00015408">
+            <w:pPr>
+              <w:ind w:left="-240"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="top"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="B Koodak"/>
+                <w:color w:val="161820"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="967" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="006476F1" w:rsidRPr="00753F48" w:rsidRDefault="006476F1" w:rsidP="00015408">
+            <w:pPr>
+              <w:ind w:left="-240"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="top"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="B Koodak"/>
+                <w:color w:val="161820"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006629FD" w:rsidRPr="00620E9F" w:rsidTr="00015408">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5269" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="006629FD" w:rsidRPr="00620E9F" w:rsidRDefault="006629FD" w:rsidP="00015408">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="top"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="B Koodak"/>
+                <w:color w:val="161820"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00620E9F">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="B Koodak"/>
+                <w:color w:val="161820"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t xml:space="preserve">مهارت بالینی مناسب در انجام مراقبت های </w:t>
+            </w:r>
+            <w:r w:rsidR="00AD46BD" w:rsidRPr="00620E9F">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="B Koodak"/>
+                <w:color w:val="161820"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t xml:space="preserve"> مربوطه</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1273" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="006629FD" w:rsidRPr="00753F48" w:rsidRDefault="006629FD" w:rsidP="00015408">
+            <w:pPr>
+              <w:ind w:left="-240"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="top"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="B Koodak"/>
+                <w:color w:val="161820"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="664" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="006629FD" w:rsidRPr="00753F48" w:rsidRDefault="006629FD" w:rsidP="00015408">
+            <w:pPr>
+              <w:ind w:left="-240"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="top"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="B Koodak"/>
+                <w:color w:val="161820"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="877" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="006629FD" w:rsidRPr="00753F48" w:rsidRDefault="006629FD" w:rsidP="00015408">
+            <w:pPr>
+              <w:ind w:left="-240"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="top"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="B Koodak"/>
+                <w:color w:val="161820"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="556" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="006629FD" w:rsidRPr="00753F48" w:rsidRDefault="006629FD" w:rsidP="00015408">
+            <w:pPr>
+              <w:ind w:left="-240"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="top"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="B Koodak"/>
+                <w:color w:val="161820"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="967" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="006629FD" w:rsidRPr="00753F48" w:rsidRDefault="006629FD" w:rsidP="00015408">
+            <w:pPr>
+              <w:ind w:left="-240"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="top"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="B Koodak"/>
+                <w:color w:val="161820"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006476F1" w:rsidRPr="00620E9F" w:rsidTr="00015408">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5269" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="006476F1" w:rsidRPr="00620E9F" w:rsidRDefault="006476F1" w:rsidP="00015408">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="top"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="B Koodak"/>
+                <w:color w:val="161820"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00620E9F">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="B Koodak"/>
+                <w:color w:val="161820"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>ا</w:t>
+            </w:r>
+            <w:r w:rsidR="00AD46BD" w:rsidRPr="00620E9F">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="B Koodak"/>
+                <w:color w:val="161820"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t xml:space="preserve">نجام </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00620E9F">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="B Koodak"/>
+                <w:color w:val="161820"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t xml:space="preserve">مراقبت های </w:t>
+            </w:r>
+            <w:r w:rsidR="00AD46BD" w:rsidRPr="00620E9F">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="B Koodak"/>
+                <w:color w:val="161820"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>مربوطه</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00620E9F">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="B Koodak"/>
+                <w:color w:val="161820"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="006629FD" w:rsidRPr="00620E9F">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="B Koodak"/>
+                <w:color w:val="161820"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>براساس استانداردها</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1273" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="006476F1" w:rsidRPr="00753F48" w:rsidRDefault="006476F1" w:rsidP="00015408">
+            <w:pPr>
+              <w:ind w:left="-240"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="top"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="B Koodak"/>
+                <w:color w:val="161820"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="664" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="006476F1" w:rsidRPr="00753F48" w:rsidRDefault="006476F1" w:rsidP="00015408">
+            <w:pPr>
+              <w:ind w:left="-240"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="top"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="B Koodak"/>
+                <w:color w:val="161820"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="877" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="006476F1" w:rsidRPr="00753F48" w:rsidRDefault="006476F1" w:rsidP="00015408">
+            <w:pPr>
+              <w:ind w:left="-240"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="top"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="B Koodak"/>
+                <w:color w:val="161820"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="556" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="006476F1" w:rsidRPr="00753F48" w:rsidRDefault="006476F1" w:rsidP="00015408">
+            <w:pPr>
+              <w:ind w:left="-240"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="top"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="B Koodak"/>
+                <w:color w:val="161820"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="967" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="006476F1" w:rsidRPr="00753F48" w:rsidRDefault="006476F1" w:rsidP="00015408">
+            <w:pPr>
+              <w:ind w:left="-240"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="top"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="B Koodak"/>
+                <w:color w:val="161820"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006476F1" w:rsidRPr="00620E9F" w:rsidTr="00015408">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5269" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="006476F1" w:rsidRPr="00620E9F" w:rsidRDefault="006476F1" w:rsidP="00015408">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="top"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="B Koodak"/>
+                <w:color w:val="161820"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00620E9F">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="B Koodak"/>
+                <w:color w:val="161820"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>اجرای صحیح و استاندارد آموزش به بیمار</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1273" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="006476F1" w:rsidRPr="00753F48" w:rsidRDefault="006476F1" w:rsidP="00015408">
+            <w:pPr>
+              <w:ind w:left="-240"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="top"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="B Koodak"/>
+                <w:color w:val="161820"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="664" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="006476F1" w:rsidRPr="00753F48" w:rsidRDefault="006476F1" w:rsidP="00015408">
+            <w:pPr>
+              <w:ind w:left="-240"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="top"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="B Koodak"/>
+                <w:color w:val="161820"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="877" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="006476F1" w:rsidRPr="00753F48" w:rsidRDefault="006476F1" w:rsidP="00015408">
+            <w:pPr>
+              <w:ind w:left="-240"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="top"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="B Koodak"/>
+                <w:color w:val="161820"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="556" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="006476F1" w:rsidRPr="00753F48" w:rsidRDefault="006476F1" w:rsidP="00015408">
+            <w:pPr>
+              <w:ind w:left="-240"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="top"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="B Koodak"/>
+                <w:color w:val="161820"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="967" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="006476F1" w:rsidRPr="00753F48" w:rsidRDefault="006476F1" w:rsidP="00015408">
+            <w:pPr>
+              <w:ind w:left="-240"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="top"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="B Koodak"/>
+                <w:color w:val="161820"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006476F1" w:rsidRPr="00620E9F" w:rsidTr="00015408">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5269" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="006476F1" w:rsidRPr="00620E9F" w:rsidRDefault="006476F1" w:rsidP="00015408">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="top"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="B Koodak"/>
+                <w:color w:val="161820"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00620E9F">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="B Koodak"/>
+                <w:color w:val="161820"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>رعایت حقوق بیمار</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1273" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="006476F1" w:rsidRPr="00753F48" w:rsidRDefault="006476F1" w:rsidP="00015408">
+            <w:pPr>
+              <w:ind w:left="-240"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="top"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="B Koodak"/>
+                <w:color w:val="161820"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="664" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="006476F1" w:rsidRPr="00753F48" w:rsidRDefault="006476F1" w:rsidP="00015408">
+            <w:pPr>
+              <w:ind w:left="-240"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="top"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="B Koodak"/>
+                <w:color w:val="161820"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="877" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="006476F1" w:rsidRPr="00753F48" w:rsidRDefault="006476F1" w:rsidP="00015408">
+            <w:pPr>
+              <w:ind w:left="-240"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="top"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="B Koodak"/>
+                <w:color w:val="161820"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="556" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="006476F1" w:rsidRPr="00753F48" w:rsidRDefault="006476F1" w:rsidP="00015408">
+            <w:pPr>
+              <w:ind w:left="-240"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="top"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="B Koodak"/>
+                <w:color w:val="161820"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="967" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="006476F1" w:rsidRPr="00753F48" w:rsidRDefault="006476F1" w:rsidP="00015408">
+            <w:pPr>
+              <w:ind w:left="-240"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="top"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="B Koodak"/>
+                <w:color w:val="161820"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AD46BD" w:rsidRPr="00620E9F" w:rsidTr="00015408">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5269" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00AD46BD" w:rsidRPr="00620E9F" w:rsidRDefault="00AD46BD" w:rsidP="00015408">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="top"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="B Koodak"/>
+                <w:color w:val="161820"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00620E9F">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="B Koodak"/>
+                <w:color w:val="161820"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>رعایت حقوق همکاران بخش</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1273" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00AD46BD" w:rsidRPr="00753F48" w:rsidRDefault="00AD46BD" w:rsidP="00015408">
+            <w:pPr>
+              <w:ind w:left="-240"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="top"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="B Koodak"/>
+                <w:color w:val="161820"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="664" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00AD46BD" w:rsidRPr="00753F48" w:rsidRDefault="00AD46BD" w:rsidP="00015408">
+            <w:pPr>
+              <w:ind w:left="-240"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="top"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="B Koodak"/>
+                <w:color w:val="161820"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="877" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00AD46BD" w:rsidRPr="00753F48" w:rsidRDefault="00AD46BD" w:rsidP="00015408">
+            <w:pPr>
+              <w:ind w:left="-240"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="top"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="B Koodak"/>
+                <w:color w:val="161820"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="556" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00AD46BD" w:rsidRPr="00753F48" w:rsidRDefault="00AD46BD" w:rsidP="00015408">
+            <w:pPr>
+              <w:ind w:left="-240"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="top"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="B Koodak"/>
+                <w:color w:val="161820"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="967" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00AD46BD" w:rsidRPr="00753F48" w:rsidRDefault="00AD46BD" w:rsidP="00015408">
+            <w:pPr>
+              <w:ind w:left="-240"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="top"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="B Koodak"/>
+                <w:color w:val="161820"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AD46BD" w:rsidRPr="00620E9F" w:rsidTr="00015408">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5269" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00AD46BD" w:rsidRPr="00620E9F" w:rsidRDefault="00AD46BD" w:rsidP="00015408">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="top"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="B Koodak"/>
+                <w:color w:val="161820"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00620E9F">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="B Koodak"/>
+                <w:color w:val="161820"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t xml:space="preserve">آشنایی و رعایت کامل قوانین ومقررات موسسه/بیمارستان </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1273" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00AD46BD" w:rsidRPr="00753F48" w:rsidRDefault="00AD46BD" w:rsidP="00015408">
+            <w:pPr>
+              <w:ind w:left="-240"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="top"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="B Koodak"/>
+                <w:color w:val="161820"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="664" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00AD46BD" w:rsidRPr="00753F48" w:rsidRDefault="00AD46BD" w:rsidP="00015408">
+            <w:pPr>
+              <w:ind w:left="-240"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="top"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="B Koodak"/>
+                <w:color w:val="161820"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="877" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00AD46BD" w:rsidRPr="00753F48" w:rsidRDefault="00AD46BD" w:rsidP="00015408">
+            <w:pPr>
+              <w:ind w:left="-240"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="top"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="B Koodak"/>
+                <w:color w:val="161820"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="556" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00AD46BD" w:rsidRPr="00753F48" w:rsidRDefault="00AD46BD" w:rsidP="00015408">
+            <w:pPr>
+              <w:ind w:left="-240"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="top"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="B Koodak"/>
+                <w:color w:val="161820"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="967" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00AD46BD" w:rsidRPr="00753F48" w:rsidRDefault="00AD46BD" w:rsidP="00015408">
+            <w:pPr>
+              <w:ind w:left="-240"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="top"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="B Koodak"/>
+                <w:color w:val="161820"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AD46BD" w:rsidRPr="00620E9F" w:rsidTr="00015408">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5269" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00AD46BD" w:rsidRPr="00620E9F" w:rsidRDefault="00AD46BD" w:rsidP="00015408">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="top"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="B Koodak"/>
+                <w:color w:val="161820"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00620E9F">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="B Koodak"/>
+                <w:color w:val="161820"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>اجرای صحیح مستند سازی و</w:t>
+            </w:r>
+            <w:r w:rsidR="00015408">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="B Koodak" w:hint="cs"/>
+                <w:color w:val="161820"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00620E9F">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="B Koodak"/>
+                <w:color w:val="161820"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>اقدامات درمانی</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00620E9F">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="B Koodak"/>
+                <w:color w:val="161820"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>HIS</w:t>
+            </w:r>
+            <w:r w:rsidR="00015408">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="B Koodak" w:hint="cs"/>
+                <w:color w:val="161820"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00620E9F">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="B Koodak"/>
+                <w:color w:val="161820"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>و</w:t>
+            </w:r>
+            <w:r w:rsidR="00015408">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="B Koodak" w:hint="cs"/>
+                <w:color w:val="161820"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00620E9F">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="B Koodak"/>
+                <w:color w:val="161820"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>گزارش نویسی</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1273" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00AD46BD" w:rsidRPr="00753F48" w:rsidRDefault="00AD46BD" w:rsidP="00015408">
+            <w:pPr>
+              <w:ind w:left="-240"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="top"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="B Koodak"/>
+                <w:color w:val="161820"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="664" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00AD46BD" w:rsidRPr="00753F48" w:rsidRDefault="00AD46BD" w:rsidP="00015408">
+            <w:pPr>
+              <w:ind w:left="-240"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="top"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="B Koodak"/>
+                <w:color w:val="161820"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="877" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00AD46BD" w:rsidRPr="00753F48" w:rsidRDefault="00AD46BD" w:rsidP="00015408">
+            <w:pPr>
+              <w:ind w:left="-240"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="top"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="B Koodak"/>
+                <w:color w:val="161820"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="556" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00AD46BD" w:rsidRPr="00753F48" w:rsidRDefault="00AD46BD" w:rsidP="00015408">
+            <w:pPr>
+              <w:ind w:left="-240"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="top"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="B Koodak"/>
+                <w:color w:val="161820"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="967" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00AD46BD" w:rsidRPr="00753F48" w:rsidRDefault="00AD46BD" w:rsidP="00015408">
+            <w:pPr>
+              <w:ind w:left="-240"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="top"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="B Koodak"/>
+                <w:color w:val="161820"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AD46BD" w:rsidRPr="00620E9F" w:rsidTr="00015408">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5269" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00AD46BD" w:rsidRPr="00620E9F" w:rsidRDefault="00AD46BD" w:rsidP="00015408">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="top"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="B Koodak"/>
+                <w:color w:val="161820"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00620E9F">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="B Koodak"/>
+                <w:color w:val="161820"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>رعایت استانداردهای بهداشت ،کنترل عفونت و</w:t>
+            </w:r>
+            <w:r w:rsidR="00015408">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="B Koodak" w:hint="cs"/>
+                <w:color w:val="161820"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00620E9F">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="B Koodak"/>
+                <w:color w:val="161820"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>ایمنی</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1273" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00AD46BD" w:rsidRPr="00753F48" w:rsidRDefault="00AD46BD" w:rsidP="00015408">
+            <w:pPr>
+              <w:ind w:left="-240"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="top"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="B Koodak"/>
+                <w:color w:val="161820"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="664" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00AD46BD" w:rsidRPr="00753F48" w:rsidRDefault="00AD46BD" w:rsidP="00015408">
+            <w:pPr>
+              <w:ind w:left="-240"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="top"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="B Koodak"/>
+                <w:color w:val="161820"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="877" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00AD46BD" w:rsidRPr="00753F48" w:rsidRDefault="00AD46BD" w:rsidP="00015408">
+            <w:pPr>
+              <w:ind w:left="-240"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="top"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="B Koodak"/>
+                <w:color w:val="161820"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="556" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00AD46BD" w:rsidRPr="00753F48" w:rsidRDefault="00AD46BD" w:rsidP="00015408">
+            <w:pPr>
+              <w:ind w:left="-240"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="top"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="B Koodak"/>
+                <w:color w:val="161820"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="967" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00AD46BD" w:rsidRPr="00753F48" w:rsidRDefault="00AD46BD" w:rsidP="00015408">
+            <w:pPr>
+              <w:ind w:left="-240"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="top"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="B Koodak"/>
+                <w:color w:val="161820"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AD46BD" w:rsidRPr="00620E9F" w:rsidTr="00015408">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5269" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00AD46BD" w:rsidRPr="00620E9F" w:rsidRDefault="00AD46BD" w:rsidP="00015408">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="top"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="B Koodak"/>
+                <w:color w:val="161820"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00620E9F">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="B Koodak"/>
+                <w:color w:val="161820"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>مشارکت در</w:t>
+            </w:r>
+            <w:r w:rsidR="00015408">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="B Koodak" w:hint="cs"/>
+                <w:color w:val="161820"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00620E9F">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="B Koodak"/>
+                <w:color w:val="161820"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>راستای برنامه بهبود کیفیت ، اعتبار بخشی و</w:t>
+            </w:r>
+            <w:r w:rsidR="00015408">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="B Koodak" w:hint="cs"/>
+                <w:color w:val="161820"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00620E9F">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="B Koodak"/>
+                <w:color w:val="161820"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>حاکمیت بالینی</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1273" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00AD46BD" w:rsidRPr="00753F48" w:rsidRDefault="00AD46BD" w:rsidP="00015408">
+            <w:pPr>
+              <w:ind w:left="-240"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="top"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="B Koodak"/>
+                <w:color w:val="161820"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="664" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00AD46BD" w:rsidRPr="00753F48" w:rsidRDefault="00AD46BD" w:rsidP="00015408">
+            <w:pPr>
+              <w:ind w:left="-240"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="top"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="B Koodak"/>
+                <w:color w:val="161820"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="877" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00AD46BD" w:rsidRPr="00753F48" w:rsidRDefault="00AD46BD" w:rsidP="00015408">
+            <w:pPr>
+              <w:ind w:left="-240"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="top"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="B Koodak"/>
+                <w:color w:val="161820"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="556" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00AD46BD" w:rsidRPr="00753F48" w:rsidRDefault="00AD46BD" w:rsidP="00015408">
+            <w:pPr>
+              <w:ind w:left="-240"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="top"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="B Koodak"/>
+                <w:color w:val="161820"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="967" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00AD46BD" w:rsidRPr="00753F48" w:rsidRDefault="00AD46BD" w:rsidP="00015408">
+            <w:pPr>
+              <w:ind w:left="-240"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="top"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="B Koodak"/>
+                <w:color w:val="161820"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AD46BD" w:rsidRPr="00620E9F" w:rsidTr="00015408">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5269" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00AD46BD" w:rsidRPr="00620E9F" w:rsidRDefault="00AD46BD" w:rsidP="00015408">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="top"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="B Koodak"/>
+                <w:color w:val="161820"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00620E9F">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="B Koodak"/>
+                <w:color w:val="161820"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>ارزیابی</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00620E9F">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="B Koodak"/>
+                <w:color w:val="161820"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00620E9F">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="B Koodak"/>
+                <w:color w:val="161820"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>کلی</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00620E9F">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="B Koodak"/>
+                <w:color w:val="161820"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00620E9F">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="B Koodak"/>
+                <w:color w:val="161820"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>شما</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00620E9F">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="B Koodak"/>
+                <w:color w:val="161820"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00620E9F">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="B Koodak"/>
+                <w:color w:val="161820"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>از</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00620E9F">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="B Koodak"/>
+                <w:color w:val="161820"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00620E9F">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="B Koodak"/>
+                <w:color w:val="161820"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>دانش آموخته مامایی</w:t>
+            </w:r>
+            <w:r w:rsidR="00E12DF6">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="B Koodak" w:hint="cs"/>
+                <w:color w:val="161820"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>/مشاوره در مامایی</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1273" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00AD46BD" w:rsidRPr="00753F48" w:rsidRDefault="00AD46BD" w:rsidP="00015408">
+            <w:pPr>
+              <w:ind w:left="-240"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="top"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="B Koodak"/>
+                <w:color w:val="161820"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="664" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00AD46BD" w:rsidRPr="00753F48" w:rsidRDefault="00AD46BD" w:rsidP="00015408">
+            <w:pPr>
+              <w:ind w:left="-240"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="top"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="B Koodak"/>
+                <w:color w:val="161820"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="877" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00AD46BD" w:rsidRPr="00753F48" w:rsidRDefault="00AD46BD" w:rsidP="00015408">
+            <w:pPr>
+              <w:ind w:left="-240"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="top"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="B Koodak"/>
+                <w:color w:val="161820"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="556" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00AD46BD" w:rsidRPr="00753F48" w:rsidRDefault="00AD46BD" w:rsidP="00015408">
+            <w:pPr>
+              <w:ind w:left="-240"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="top"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="B Koodak"/>
+                <w:color w:val="161820"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="967" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00AD46BD" w:rsidRPr="00753F48" w:rsidRDefault="00AD46BD" w:rsidP="00015408">
+            <w:pPr>
+              <w:ind w:left="-240"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="top"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="B Koodak"/>
+                <w:color w:val="161820"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="009835E2" w:rsidRDefault="009835E2" w:rsidP="00B54F88">
       <w:pPr>
-        <w:bidi/>
-        <w:spacing w:after="0"/>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="6" w:space="11" w:color="DDDDDD"/>
+        </w:pBdr>
+        <w:spacing w:after="150" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="-188"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...1 lines deleted...]
-          <w:color w:val="2F5496" w:themeColor="accent5" w:themeShade="BF"/>
+        <w:textAlignment w:val="top"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="B Koodak"/>
+          <w:color w:val="161820"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00641F3D">
-[...12 lines deleted...]
-          <w:color w:val="C00000"/>
+      <w:r w:rsidRPr="00015408">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="B Koodak"/>
+          <w:color w:val="161820"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>به نظر شما دانش آموختگان مامایی</w:t>
+      </w:r>
+      <w:r w:rsidR="00620E9F" w:rsidRPr="00015408">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="B Koodak" w:hint="cs"/>
+          <w:color w:val="161820"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>/مشاوره در مامایی</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00015408">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="B Koodak"/>
+          <w:color w:val="161820"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> دانشگاه علوم پزشکی </w:t>
+      </w:r>
+      <w:r w:rsidR="00B54F88">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="B Koodak" w:hint="cs"/>
+          <w:color w:val="161820"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>تبریز</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00015408">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="B Koodak"/>
+          <w:color w:val="161820"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00641F3D">
-[...117 lines deleted...]
-        <w:t>بازیابی</w:t>
+      <w:r w:rsidRPr="00015408">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="B Koodak" w:hint="cs"/>
+          <w:color w:val="161820"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>در زمینه کدام یک مراقبت های مامایی دارای ضعف می باشند</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00015408">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="B Koodak"/>
+          <w:color w:val="161820"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>؟</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A456B3" w:rsidRPr="00641F3D" w:rsidRDefault="00A456B3" w:rsidP="00A456B3">
+    <w:p w:rsidR="00015408" w:rsidRPr="00015408" w:rsidRDefault="00015408" w:rsidP="00015408">
       <w:pPr>
-        <w:bidi/>
-        <w:spacing w:after="0"/>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="6" w:space="11" w:color="DDDDDD"/>
+        </w:pBdr>
+        <w:spacing w:after="150" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="120"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...1 lines deleted...]
-          <w:color w:val="2F5496" w:themeColor="accent5" w:themeShade="BF"/>
+        <w:textAlignment w:val="top"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="B Koodak"/>
+          <w:color w:val="161820"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0066365F">
-[...3 lines deleted...]
-          <w:color w:val="2F5496" w:themeColor="accent5" w:themeShade="BF"/>
+    </w:p>
+    <w:p w:rsidR="00015408" w:rsidRPr="00015408" w:rsidRDefault="00015408" w:rsidP="00015408">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="6" w:space="11" w:color="DDDDDD"/>
+        </w:pBdr>
+        <w:spacing w:after="150" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="120"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="top"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="B Koodak"/>
+          <w:color w:val="161820"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00015408" w:rsidRDefault="00AD46BD" w:rsidP="00B54F88">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="6" w:space="11" w:color="DDDDDD"/>
+        </w:pBdr>
+        <w:spacing w:after="150" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="-240"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="top"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="B Koodak"/>
+          <w:color w:val="161820"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00015408">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="B Koodak"/>
+          <w:color w:val="161820"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>به نظر شما دانش آموختگان مامایی</w:t>
+      </w:r>
+      <w:r w:rsidR="00620E9F" w:rsidRPr="00015408">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="B Koodak" w:hint="cs"/>
+          <w:color w:val="161820"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>/مشاوره در مامایی</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00015408">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="B Koodak"/>
+          <w:color w:val="161820"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> دانشگاه علوم پزشکی </w:t>
+      </w:r>
+      <w:r w:rsidR="00B54F88">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="B Koodak" w:hint="cs"/>
+          <w:color w:val="161820"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>تبریز</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00015408">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="B Koodak"/>
+          <w:color w:val="161820"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> به چه بازآموزی هایی نیاز دارند؟</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00015408" w:rsidRPr="00015408" w:rsidRDefault="00015408" w:rsidP="00015408">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="6" w:space="11" w:color="DDDDDD"/>
+        </w:pBdr>
+        <w:spacing w:after="150" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="-600"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="top"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="B Koodak"/>
+          <w:color w:val="161820"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00015408" w:rsidRPr="00015408" w:rsidRDefault="00015408" w:rsidP="00015408">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="6" w:space="11" w:color="DDDDDD"/>
+        </w:pBdr>
+        <w:spacing w:after="150" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="-600"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="top"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="B Koodak"/>
+          <w:color w:val="161820"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00015408" w:rsidRPr="00015408" w:rsidRDefault="00015408" w:rsidP="00015408">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="6" w:space="11" w:color="DDDDDD"/>
+        </w:pBdr>
+        <w:spacing w:after="150" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="-600"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="top"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="B Koodak"/>
+          <w:color w:val="161820"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00015408" w:rsidRPr="00015408" w:rsidRDefault="00015408" w:rsidP="00015408">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="6" w:space="11" w:color="DDDDDD"/>
+        </w:pBdr>
+        <w:spacing w:after="150" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="-600"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="top"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="B Koodak"/>
+          <w:color w:val="161820"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AD46BD" w:rsidRPr="00015408" w:rsidRDefault="00AD46BD" w:rsidP="00015408">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="6" w:space="11" w:color="DDDDDD"/>
+        </w:pBdr>
+        <w:spacing w:after="150" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="-240"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="top"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="B Koodak"/>
+          <w:color w:val="161820"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00015408">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="B Koodak"/>
+          <w:color w:val="161820"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>لطفا در صورت</w:t>
+      </w:r>
+      <w:r w:rsidR="00620E9F" w:rsidRPr="00015408">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="B Koodak" w:hint="cs"/>
+          <w:color w:val="161820"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>ی</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00015408">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="B Koodak"/>
+          <w:color w:val="161820"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> که نظر، انتقاد و یا پیشنهادی در راستای ارتقای کیفیت آموزشی </w:t>
+      </w:r>
+      <w:r w:rsidR="00620E9F" w:rsidRPr="00015408">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="B Koodak" w:hint="cs"/>
+          <w:color w:val="161820"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>دانش آموختگان</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00015408">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="B Koodak"/>
+          <w:color w:val="161820"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> مامایی</w:t>
+      </w:r>
+      <w:r w:rsidR="00620E9F" w:rsidRPr="00015408">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="B Koodak" w:hint="cs"/>
+          <w:color w:val="161820"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>/مشاوره در مامایی</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00015408">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="B Koodak"/>
+          <w:color w:val="161820"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> دارید ذکر بفرمایید</w:t>
+      </w:r>
+      <w:r w:rsidR="009835E2" w:rsidRPr="00015408">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="B Koodak"/>
+          <w:color w:val="161820"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000473F5" w:rsidRDefault="000473F5" w:rsidP="00753F48">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="6" w:space="11" w:color="DDDDDD"/>
+        </w:pBdr>
+        <w:spacing w:after="150" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="-240"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="top"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="B Koodak"/>
+          <w:color w:val="161820"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008D2B5D" w:rsidRPr="00B2747B" w:rsidRDefault="008D2B5D" w:rsidP="00B54F88">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="6" w:space="11" w:color="DDDDDD"/>
+        </w:pBdr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="-240"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="top"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="B Titr"/>
+          <w:color w:val="02080F"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="7388D7"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="B Titr" w:hint="cs"/>
+          <w:color w:val="02080F"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="7388D7"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>لطفا فرم تکمیل شده خود را به آدرس ایمیل</w:t>
+      </w:r>
+      <w:r w:rsidR="00B54F88">
+        <w:rPr>
+          <w:rFonts w:hint="cs"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>------</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="B Titr" w:hint="cs"/>
+          <w:color w:val="02080F"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="7388D7"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve">  ارسال نمایید. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008D2B5D" w:rsidRPr="00753F48" w:rsidRDefault="008D2B5D" w:rsidP="00753F48">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="6" w:space="11" w:color="DDDDDD"/>
+        </w:pBdr>
+        <w:spacing w:after="150" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="-240"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="top"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="B Koodak"/>
+          <w:color w:val="161820"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00646502" w:rsidRDefault="00646502" w:rsidP="000473F5">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...67 lines deleted...]
-          </w14:shadow>
+          <w:rtl/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A456B3" w:rsidRPr="00641F3D" w:rsidRDefault="00A456B3" w:rsidP="00A456B3">
+    <w:p w:rsidR="000473F5" w:rsidRDefault="000473F5" w:rsidP="000473F5">
       <w:pPr>
-        <w:bidi/>
-        <w:spacing w:after="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:cs="2  Zar"/>
-[...4370 lines deleted...]
-          </w14:shadow>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="004F3917" w:rsidRPr="00641F3D" w:rsidRDefault="004F3917" w:rsidP="00B518CD">
+    <w:p w:rsidR="000473F5" w:rsidRPr="00646502" w:rsidRDefault="000473F5" w:rsidP="00DC7527">
       <w:pPr>
-        <w:bidi/>
-        <w:spacing w:after="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:cs="2  Zar"/>
-[...11 lines deleted...]
-          </w14:shadow>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00641F3D">
-[...52 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="00B518CD" w:rsidRDefault="004F3917" w:rsidP="00B518CD">
-[...6381 lines deleted...]
-      <w:cols w:num="2" w:space="2127"/>
+    <w:sectPr w:rsidR="000473F5" w:rsidRPr="00646502" w:rsidSect="0021791A">
+      <w:pgSz w:w="11906" w:h="16838"/>
+      <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:cols w:space="708"/>
       <w:bidi/>
+      <w:rtlGutter/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
-<file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-[...23 lines deleted...]
-
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+  <w:font w:name="Times New Roman">
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Wingdings">
+    <w:panose1 w:val="05000000000000000000"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Times New Roman">
-[...7 lines deleted...]
-    <w:panose1 w:val="020B0502040204020203"/>
+  <w:font w:name="Tahoma">
+    <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
-    <w:notTrueType/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
-[...13 lines deleted...]
-    <w:sig w:usb0="00002001" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
+    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="IranNastaliq">
     <w:panose1 w:val="02020505000000020003"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="61002A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="B Nazanin">
+    <w:panose1 w:val="00000400000000000000"/>
+    <w:charset w:val="B2"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00002001" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="B Titr">
+    <w:panose1 w:val="00000700000000000000"/>
+    <w:charset w:val="B2"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00002001" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Verdana">
+    <w:panose1 w:val="020B0604030504040204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="A10006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="B Koodak">
+    <w:panose1 w:val="00000700000000000000"/>
+    <w:charset w:val="B2"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00002001" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
-<file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-[...2 lines deleted...]
-    <w:sdtPr>
+<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+  <w:abstractNum w:abstractNumId="0">
+    <w:nsid w:val="13612E8C"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="92D0BE3C"/>
+    <w:lvl w:ilvl="0" w:tplc="0409000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1200" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="1920" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2640" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3360" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4080" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4800" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5520" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6240" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1">
+    <w:nsid w:val="32510151"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="6C2085A4"/>
+    <w:lvl w:ilvl="0" w:tplc="04090017">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1200" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="1920" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2640" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3360" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4080" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4800" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5520" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6240" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2">
+    <w:nsid w:val="6B836090"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="5406C6C0"/>
+    <w:lvl w:ilvl="0" w:tplc="069E2D2C">
+      <w:start w:val="48"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
       <w:rPr>
-        <w:rtl/>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
-      <w:id w:val="-2062627284"/>
-[...5 lines deleted...]
-    <w:sdtEndPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
       <w:rPr>
-        <w:noProof/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
-    </w:sdtEndPr>
-[...43 lines deleted...]
-    <w:p w:rsidR="001B11EC" w:rsidRDefault="001B11EC" w:rsidP="00B876D8">
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
-      <w:r>
-[...5 lines deleted...]
-    <w:p w:rsidR="001B11EC" w:rsidRDefault="001B11EC" w:rsidP="00B876D8">
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
-      <w:r>
-[...4 lines deleted...]
-</w:footnotes>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="2">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="3">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+</w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
-  <w:view w:val="web"/>
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:hdrShapeDefaults>
-[...9 lines deleted...]
-  </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="004F3917"/>
-[...13 lines deleted...]
-    <w:rsid w:val="00DA41B7"/>
+    <w:rsidRoot w:val="00272CDD"/>
+    <w:rsid w:val="00015408"/>
+    <w:rsid w:val="000251D1"/>
+    <w:rsid w:val="000473F5"/>
+    <w:rsid w:val="00082D24"/>
+    <w:rsid w:val="000B632A"/>
+    <w:rsid w:val="0021791A"/>
+    <w:rsid w:val="00272CDD"/>
+    <w:rsid w:val="002A07F7"/>
+    <w:rsid w:val="004029A9"/>
+    <w:rsid w:val="00435E5F"/>
+    <w:rsid w:val="004E46D9"/>
+    <w:rsid w:val="00620E9F"/>
+    <w:rsid w:val="006460F9"/>
+    <w:rsid w:val="00646502"/>
+    <w:rsid w:val="006476F1"/>
+    <w:rsid w:val="006629FD"/>
+    <w:rsid w:val="006B2523"/>
+    <w:rsid w:val="00753F48"/>
+    <w:rsid w:val="007E3A7F"/>
+    <w:rsid w:val="00852076"/>
+    <w:rsid w:val="008D2B5D"/>
+    <w:rsid w:val="00922544"/>
+    <w:rsid w:val="009835E2"/>
+    <w:rsid w:val="00AD46BD"/>
+    <w:rsid w:val="00B3223F"/>
+    <w:rsid w:val="00B54F88"/>
+    <w:rsid w:val="00B7084B"/>
+    <w:rsid w:val="00BB7E7C"/>
+    <w:rsid w:val="00BC19DA"/>
+    <w:rsid w:val="00C96CD3"/>
+    <w:rsid w:val="00DC7527"/>
+    <w:rsid w:val="00E12255"/>
+    <w:rsid w:val="00E12DF6"/>
+    <w:rsid w:val="00E15BEA"/>
+    <w:rsid w:val="00F0300E"/>
+    <w:rsid w:val="00F32A16"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="en-US" w:bidi="ar-SA"/>
+  <w:themeFontLang w:val="en-US" w:bidi="fa-IR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
-  <w:listSeparator w:val=";"/>
-[...1 lines deleted...]
-  <w15:docId w15:val="{C6431E4C-98EB-453C-AAC1-0B2C38D6C13D}"/>
+  <w:listSeparator w:val=","/>
+  <w15:docId w15:val="{7CF96A2F-4416-4D6C-A6EA-231E6D5422C9}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
-        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="fa-IR"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -11904,257 +4797,348 @@
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="004F3917"/>
+    <w:pPr>
+      <w:bidi/>
+    </w:pPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
+  <w:style w:type="table" w:styleId="TableGrid">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="39"/>
+    <w:rsid w:val="006476F1"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ng-binding">
+    <w:name w:val="ng-binding"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:rsid w:val="006476F1"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="z-TopofForm">
+    <w:name w:val="HTML Top of Form"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="z-TopofFormChar"/>
+    <w:hidden/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="006476F1"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:bottom w:val="single" w:sz="6" w:space="1" w:color="auto"/>
+      </w:pBdr>
+      <w:spacing w:after="0"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:vanish/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="z-TopofFormChar">
+    <w:name w:val="z-Top of Form Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="z-TopofForm"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="006476F1"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:vanish/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="z-BottomofForm">
+    <w:name w:val="HTML Bottom of Form"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="z-BottomofFormChar"/>
+    <w:hidden/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="006476F1"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="single" w:sz="6" w:space="1" w:color="auto"/>
+      </w:pBdr>
+      <w:spacing w:after="0"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:vanish/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="z-BottomofFormChar">
+    <w:name w:val="z-Bottom of Form Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="z-BottomofForm"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="006476F1"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:vanish/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListParagraph">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="009835E2"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="004F3917"/>
+    <w:rsid w:val="008D2B5D"/>
     <w:rPr>
       <w:color w:val="0563C1" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
-  </w:style>
-[...20 lines deleted...]
-    <w:rsid w:val="004F3917"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="BalloonText">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="BalloonTextChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00B876D8"/>
+    <w:rsid w:val="007E3A7F"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
-[...1 lines deleted...]
-      <w:szCs w:val="18"/>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
     <w:name w:val="Balloon Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="BalloonText"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00B876D8"/>
+    <w:rsid w:val="007E3A7F"/>
     <w:rPr>
-      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
-[...1 lines deleted...]
-      <w:szCs w:val="18"/>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
     </w:rPr>
-  </w:style>
-[...20 lines deleted...]
-    <w:rsid w:val="00B876D8"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+  <w:divs>
+    <w:div w:id="250742491">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+  </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://azarsa.tbzmed.ac.ir" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="4472C4"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
+        <a:latin typeface="Calibri Light"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ 明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
@@ -12293,91 +5277,70 @@
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
-<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...14 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
-[...1 lines deleted...]
-  <Characters>2557</Characters>
+  <Pages>2</Pages>
+  <Words>248</Words>
+  <Characters>1417</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>21</Lines>
-  <Paragraphs>5</Paragraphs>
+  <Lines>11</Lines>
+  <Paragraphs>3</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Moorche 30 DVDs</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3000</CharactersWithSpaces>
+  <CharactersWithSpaces>1662</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title/>
-[...3 lines deleted...]
-  <dc:description/>
+  <dc:creator>x</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
-  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>