--- v0 (2025-11-04)
+++ v1 (2025-12-01)
@@ -17,52 +17,50 @@
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:body>
     <w:p w:rsidR="00A456B3" w:rsidRPr="00641F3D" w:rsidRDefault="00A456B3" w:rsidP="00A456B3">
       <w:pPr>
         <w:bidi/>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="2  Zar"/>
           <w:color w:val="2F5496" w:themeColor="accent5" w:themeShade="BF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="0"/>
       <w:r w:rsidRPr="00641F3D">
         <w:rPr>
           <w:rFonts w:cs="2  Zar" w:hint="cs"/>
           <w:color w:val="C00000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl/>
         </w:rPr>
         <w:t>زبان</w:t>
       </w:r>
       <w:r w:rsidRPr="00641F3D">
         <w:rPr>
           <w:rFonts w:cs="2  Zar"/>
           <w:color w:val="C00000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidRPr="00641F3D">
         <w:rPr>
           <w:rFonts w:cs="2  Zar"/>
           <w:color w:val="2F5496" w:themeColor="accent5" w:themeShade="BF"/>
           <w:sz w:val="24"/>
@@ -2216,51 +2214,51 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:softHyphen/>
       </w:r>
       <w:r w:rsidRPr="00641F3D">
         <w:rPr>
           <w:rFonts w:cs="2  Zar"/>
           <w:color w:val="2F5496" w:themeColor="accent5" w:themeShade="BF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl/>
         </w:rPr>
         <w:t>های مختلفی را برای جستجو در اختیار کاربر گذاشته است.</w:t>
       </w:r>
       <w:r w:rsidRPr="00641F3D">
         <w:rPr>
           <w:rFonts w:cs="2  Zar" w:hint="cs"/>
           <w:color w:val="2F5496" w:themeColor="accent5" w:themeShade="BF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl/>
         </w:rPr>
         <w:t xml:space="preserve"> آدرس سایت جستجوی فهرست کتابخانه ها در دانشگاه علوم پزشکی تبریز:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004F3917" w:rsidRPr="00641F3D" w:rsidRDefault="00176740" w:rsidP="004F3917">
+    <w:p w:rsidR="004F3917" w:rsidRPr="00641F3D" w:rsidRDefault="006A7D4F" w:rsidP="004F3917">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="2  Zar"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="C00000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId10" w:history="1">
         <w:r w:rsidR="004F3917" w:rsidRPr="00641F3D">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cs="2  Zar"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="C00000"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>http://azarsa.tbzmed.ac.ir</w:t>
@@ -8872,50 +8870,51 @@
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00641F3D">
         <w:rPr>
           <w:rFonts w:cs="2  Zar" w:hint="cs"/>
           <w:color w:val="2F5496" w:themeColor="accent5" w:themeShade="BF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl/>
         </w:rPr>
         <w:t>آرشیوی</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="004F3917" w:rsidRDefault="00A456B3" w:rsidP="004F3917">
       <w:pPr>
         <w:bidi/>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="2  Zar"/>
           <w:color w:val="2F5496" w:themeColor="accent5" w:themeShade="BF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:r w:rsidRPr="0066365F">
         <w:rPr>
           <w:rFonts w:cs="2  Zar"/>
           <w:noProof/>
           <w:color w:val="2F5496" w:themeColor="accent5" w:themeShade="BF"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251671552" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6ED332D8" wp14:editId="3752896C">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="page">
               <wp:align>left</wp:align>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>550545</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="4362450" cy="1447800"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapThrough wrapText="bothSides">
               <wp:wrapPolygon edited="0">
                 <wp:start x="0" y="0"/>
                 <wp:lineTo x="0" y="21316"/>
                 <wp:lineTo x="21506" y="21316"/>
                 <wp:lineTo x="21506" y="0"/>
@@ -8951,50 +8950,51 @@
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="4362450" cy="1447800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="page">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="page">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
+      <w:bookmarkEnd w:id="0"/>
       <w:r w:rsidR="004F3917" w:rsidRPr="00641F3D">
         <w:rPr>
           <w:rFonts w:cs="2  Zar" w:hint="cs"/>
           <w:color w:val="2F5496" w:themeColor="accent5" w:themeShade="BF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl/>
         </w:rPr>
         <w:t>همچنین</w:t>
       </w:r>
       <w:r w:rsidR="004F3917" w:rsidRPr="00641F3D">
         <w:rPr>
           <w:rFonts w:cs="2  Zar"/>
           <w:color w:val="2F5496" w:themeColor="accent5" w:themeShade="BF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="004F3917" w:rsidRPr="00641F3D">
         <w:rPr>
           <w:rFonts w:cs="2  Zar" w:hint="cs"/>
           <w:color w:val="2F5496" w:themeColor="accent5" w:themeShade="BF"/>
           <w:sz w:val="24"/>
@@ -11276,94 +11276,94 @@
         <w:rPr>
           <w:rFonts w:cs="2  Zar" w:hint="cs"/>
           <w:color w:val="2F5496" w:themeColor="accent5" w:themeShade="BF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl/>
         </w:rPr>
         <w:t>نظر</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="003F2D09" w:rsidRPr="00641F3D" w:rsidSect="006A7D4F">
       <w:footerReference w:type="default" r:id="rId15"/>
       <w:pgSz w:w="15840" w:h="12240" w:orient="landscape"/>
       <w:pgMar w:top="720" w:right="531" w:bottom="720" w:left="426" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:num="2" w:space="2127"/>
       <w:bidi/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00176740" w:rsidRDefault="00176740" w:rsidP="00B876D8">
+    <w:p w:rsidR="007F2793" w:rsidRDefault="007F2793" w:rsidP="00B876D8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00176740" w:rsidRDefault="00176740" w:rsidP="00B876D8">
+    <w:p w:rsidR="007F2793" w:rsidRDefault="007F2793" w:rsidP="00B876D8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="2  Zar">
     <w:panose1 w:val="00000400000000000000"/>
     <w:charset w:val="B2"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002001" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="B Mitra">
     <w:panose1 w:val="00000400000000000000"/>
     <w:charset w:val="B2"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002001" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="IranNastaliq">
     <w:panose1 w:val="02020505000000020003"/>
@@ -11394,162 +11394,160 @@
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
       <w:p w:rsidR="00F05DFB" w:rsidRDefault="007F2793" w:rsidP="00F05DFB">
         <w:pPr>
           <w:pStyle w:val="Footer"/>
           <w:bidi/>
           <w:jc w:val="center"/>
         </w:pPr>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00DF2A7E">
+        <w:r w:rsidR="006A7D4F">
           <w:rPr>
             <w:noProof/>
             <w:rtl/>
           </w:rPr>
-          <w:t>1</w:t>
+          <w:t>2</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
-  <w:p w:rsidR="00F05DFB" w:rsidRDefault="00176740">
+  <w:p w:rsidR="00F05DFB" w:rsidRDefault="006A7D4F">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00176740" w:rsidRDefault="00176740" w:rsidP="00B876D8">
+    <w:p w:rsidR="007F2793" w:rsidRDefault="007F2793" w:rsidP="00B876D8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00176740" w:rsidRDefault="00176740" w:rsidP="00B876D8">
+    <w:p w:rsidR="007F2793" w:rsidRDefault="007F2793" w:rsidP="00B876D8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="6145"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="004F3917"/>
     <w:rsid w:val="00085D66"/>
-    <w:rsid w:val="00176740"/>
     <w:rsid w:val="003F2D09"/>
     <w:rsid w:val="004F3917"/>
     <w:rsid w:val="00641F3D"/>
     <w:rsid w:val="006A7D4F"/>
     <w:rsid w:val="007F2793"/>
     <w:rsid w:val="00A456B3"/>
     <w:rsid w:val="00A53834"/>
     <w:rsid w:val="00AF7DD5"/>
     <w:rsid w:val="00B518CD"/>
     <w:rsid w:val="00B876D8"/>
-    <w:rsid w:val="00DF2A7E"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="6145"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
-  <w:decimalSymbol w:val="."/>
-  <w:listSeparator w:val=";"/>
+  <w:decimalSymbol w:val="/"/>
+  <w:listSeparator w:val="؛"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{C6431E4C-98EB-453C-AAC1-0B2C38D6C13D}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
@@ -12302,60 +12300,60 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D8092738-FDE7-42D2-A310-23F44B7B36C6}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E576FF2A-DBF8-420F-A370-CDC96EFF26A0}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
   <Words>448</Words>
   <Characters>2557</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>21</Lines>
   <Paragraphs>5</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Moorche 30 DVDs</Company>